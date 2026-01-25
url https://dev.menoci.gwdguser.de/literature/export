--- v0 (2025-12-06)
+++ v1 (2026-01-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1910">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1911">
   <si>
     <t>RDP - Link</t>
   </si>
   <si>
     <t>Working Groups</t>
   </si>
   <si>
     <t>Subproject</t>
   </si>
   <si>
     <t>Open Access</t>
   </si>
   <si>
     <t>Publication Type</t>
   </si>
   <si>
     <t>Peer Reviewed</t>
   </si>
   <si>
     <t>PMID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
@@ -4382,50 +4382,53 @@
   <si>
     <t>http://dx.doi.org/10.1016/j.cub.2008.10.047</t>
   </si>
   <si>
     <t>1877-1881</t>
   </si>
   <si>
     <t>Curr Biol</t>
   </si>
   <si>
     <t>Mikyung V. Chang, Jinhee L. Chang, Anu Gangopadhyay, Andrew Shearer, Ken M. Cadigan</t>
   </si>
   <si>
     <t>Mikyung V. Chang</t>
   </si>
   <si>
     <t>Ken M. Cadigan</t>
   </si>
   <si>
     <t>2018-06-15 08:55:22</t>
   </si>
   <si>
     <t>http://dev.menoci.gwdguser.de/literature/publication/156</t>
   </si>
   <si>
+    <t>Test-RG</t>
+  </si>
+  <si>
     <t>10.3389/fimmu.2017.00924</t>
   </si>
   <si>
     <t>Immunological Properties of Murine Parthenogenetic Stem Cells and Their Differentiation Products</t>
   </si>
   <si>
     <t>Frontiers Media SA</t>
   </si>
   <si>
     <t>1664-3224</t>
   </si>
   <si>
     <t>http://dx.doi.org/10.3389/fimmu.2017.00924</t>
   </si>
   <si>
     <t>NULL</t>
   </si>
   <si>
     <t>Front Immunol</t>
   </si>
   <si>
     <t>Johannsen H, Muppala V, Gröschel C, Monecke S, Elsner L, Didié M, Zimmermann W, Dressel R</t>
   </si>
   <si>
     <t>Johannsen H</t>
@@ -4577,53 +4580,50 @@
   <si>
     <t>0012-6543</t>
   </si>
   <si>
     <t>1755-5248</t>
   </si>
   <si>
     <t>https://www.ncbi.nlm.nih.gov/pubmed/?term=30470709%5Buid%5D</t>
   </si>
   <si>
     <t>145-149</t>
   </si>
   <si>
     <t>Drug Ther Bull</t>
   </si>
   <si>
     <t>Raynor DKT</t>
   </si>
   <si>
     <t>2018-11-29 14:19:15</t>
   </si>
   <si>
     <t>http://dev.menoci.gwdguser.de/literature/publication/163</t>
   </si>
   <si>
-    <t>Test-RG</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1093/bib/bbw024</t>
   </si>
   <si>
     <t>Interdisciplinary approach towards a systems medicine toolbox using the example of inflammatory diseases.</t>
   </si>
   <si>
     <t>Briefings in bioinformatics</t>
   </si>
   <si>
     <t>1467-5463</t>
   </si>
   <si>
     <t>1477-4054</t>
   </si>
   <si>
     <t>https://www.ncbi.nlm.nih.gov/pubmed/?term=27016392%5Buid%5D</t>
   </si>
   <si>
     <t>479-487</t>
   </si>
   <si>
     <t>Brief Bioinform</t>
   </si>
   <si>
     <t>Bauer CR, Knecht C, Fretter C, Baum B, Jendrossek S, Rühlemann M, Heinsen FA, Umbach N, Grimbacher B, Franke A, Lieb W, Krawczak M, Hütt MT, Sax U</t>
@@ -5016,50 +5016,53 @@
     <t>Kusch H, Bauer CR, Bender T, Hügel J, Kossen R, Nussbeck SY, Sax U</t>
   </si>
   <si>
     <t>2023-10-23 15:52:26</t>
   </si>
   <si>
     <t>http://dev.menoci.gwdguser.de/literature/publication/183</t>
   </si>
   <si>
     <t>10.1038/s42003-022-04402-9</t>
   </si>
   <si>
     <t>Single-cell transcriptomics reveal extracellular vesicles secretion with a cardiomyocyte proteostasis signature during pathological remodeling</t>
   </si>
   <si>
     <t>Communications Biology</t>
   </si>
   <si>
     <t>2399-3642</t>
   </si>
   <si>
     <t>http://dx.doi.org/10.1038/s42003-022-04402-9</t>
   </si>
   <si>
     <t>Commun Biol</t>
+  </si>
+  <si>
+    <t>Test</t>
   </si>
   <si>
     <t>Schoger E, Bleckwedel F, Germena G, Rocha C, Tucholla P, Sobitov I, Möbius W, Sitte M, Lenz C, Samak M, Hinkel R, Varga ZV, Giricz Z, Salinas G, Gross JC, Zelarayán LC</t>
   </si>
   <si>
     <t>Schoger E</t>
   </si>
   <si>
     <t>2023-10-24 13:23:50</t>
   </si>
   <si>
     <t>http://dev.menoci.gwdguser.de/literature/publication/184</t>
   </si>
   <si>
     <t>ag_lutz, ag_tiburcy, ag_zimmermann</t>
   </si>
   <si>
     <t>C04</t>
   </si>
   <si>
     <t>10.1016/j.bioadv.2022.213041</t>
   </si>
   <si>
     <t>Using different geometries to modulate the cardiac fibroblast phenotype and the biomechanical properties of engineered connective tissues</t>
   </si>
@@ -6235,83 +6238,83 @@
       <c r="P1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="X1" s="1" t="s">
-        <v>1890</v>
+        <v>1891</v>
       </c>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
       <c r="AA1" s="1"/>
       <c r="AB1" s="1"/>
       <c r="AC1" s="1"/>
       <c r="AD1" s="1"/>
       <c r="AE1" s="1"/>
       <c r="AF1" s="1"/>
       <c r="AG1" s="1"/>
       <c r="AH1" s="1"/>
       <c r="AI1" s="1"/>
       <c r="AJ1" s="1"/>
       <c r="AK1" s="1"/>
       <c r="AL1" s="1"/>
       <c r="AM1" s="1"/>
       <c r="AN1" s="1"/>
       <c r="AO1" s="1"/>
       <c r="AP1" s="1"/>
       <c r="AQ1" s="1"/>
       <c r="AR1" s="1"/>
       <c r="AS1" s="1"/>
       <c r="AT1" s="1"/>
       <c r="AU1" s="1"/>
       <c r="AV1" s="1"/>
       <c r="AW1" s="1" t="s">
-        <v>1906</v>
+        <v>1907</v>
       </c>
       <c r="AX1" s="1"/>
       <c r="AY1" s="1"/>
       <c r="AZ1" s="1" t="s">
-        <v>1909</v>
+        <v>1910</v>
       </c>
       <c r="BA1" s="1"/>
       <c r="BB1" s="1"/>
       <c r="BC1" s="1"/>
     </row>
     <row r="2" spans="1:55">
       <c r="A2" t="s">
         <v>23</v>
       </c>
       <c r="B2" t="s">
         <v>24</v>
       </c>
       <c r="C2"/>
       <c r="D2" t="s">
         <v>25</v>
       </c>
       <c r="E2" t="s">
         <v>25</v>
       </c>
       <c r="F2"/>
       <c r="G2">
         <v>24630725</v>
       </c>
       <c r="H2" t="s">
         <v>26</v>
@@ -6338,63 +6341,63 @@
       <c r="P2">
         <v>6</v>
       </c>
       <c r="Q2">
         <v>156</v>
       </c>
       <c r="R2" t="s">
         <v>28</v>
       </c>
       <c r="S2" t="s">
         <v>32</v>
       </c>
       <c r="T2" t="s">
         <v>33</v>
       </c>
       <c r="U2" t="s">
         <v>34</v>
       </c>
       <c r="V2" t="s">
         <v>35</v>
       </c>
       <c r="W2" t="s">
         <v>36</v>
       </c>
       <c r="X2" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
       <c r="AW2" t="s">
-        <v>1891</v>
+        <v>1892</v>
       </c>
       <c r="AX2" t="s">
-        <v>1892</v>
+        <v>1893</v>
       </c>
       <c r="AY2" t="s">
-        <v>1893</v>
+        <v>1894</v>
       </c>
       <c r="AZ2" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="3" spans="1:55">
       <c r="A3" t="s">
         <v>37</v>
       </c>
       <c r="B3" t="s">
         <v>38</v>
       </c>
       <c r="C3"/>
       <c r="D3" t="s">
         <v>25</v>
       </c>
       <c r="E3" t="s">
         <v>25</v>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3" t="s">
         <v>39</v>
       </c>
       <c r="I3">
         <v>2014</v>
       </c>
       <c r="J3" t="s">
@@ -6414,69 +6417,69 @@
         <v>44</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
         <v>20</v>
       </c>
       <c r="R3" t="s">
         <v>45</v>
       </c>
       <c r="S3"/>
       <c r="T3" t="s">
         <v>46</v>
       </c>
       <c r="U3" t="s">
         <v>47</v>
       </c>
       <c r="V3" t="s">
         <v>48</v>
       </c>
       <c r="W3" t="s">
         <v>36</v>
       </c>
       <c r="X3" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
       <c r="AW3" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
       <c r="AX3" t="s">
-        <v>1895</v>
+        <v>1896</v>
       </c>
       <c r="AY3" t="s">
-        <v>1896</v>
+        <v>1897</v>
       </c>
       <c r="AZ3" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
       <c r="BA3" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
       <c r="BB3" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="4" spans="1:55">
       <c r="A4" t="s">
         <v>49</v>
       </c>
       <c r="B4" t="s">
         <v>50</v>
       </c>
       <c r="C4"/>
       <c r="D4" t="s">
         <v>51</v>
       </c>
       <c r="E4" t="s">
         <v>52</v>
       </c>
       <c r="F4">
         <v>2</v>
       </c>
       <c r="G4">
         <v>24569881</v>
       </c>
       <c r="H4" t="s">
         <v>53</v>
       </c>
@@ -6502,63 +6505,63 @@
       <c r="P4">
         <v>9</v>
       </c>
       <c r="Q4">
         <v>127</v>
       </c>
       <c r="R4" t="s">
         <v>59</v>
       </c>
       <c r="S4" t="s">
         <v>60</v>
       </c>
       <c r="T4" t="s">
         <v>61</v>
       </c>
       <c r="U4" t="s">
         <v>47</v>
       </c>
       <c r="V4" t="s">
         <v>48</v>
       </c>
       <c r="W4" t="s">
         <v>62</v>
       </c>
       <c r="X4" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="AW4" t="s">
-        <v>1897</v>
+        <v>1898</v>
       </c>
       <c r="AZ4" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
       <c r="BA4" t="s">
+        <v>1909</v>
+      </c>
+      <c r="BB4" t="s">
         <v>1908</v>
-      </c>
-[...1 lines deleted...]
-        <v>1907</v>
       </c>
     </row>
     <row r="5" spans="1:55">
       <c r="A5" t="s">
         <v>63</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5"/>
       <c r="D5" t="s">
         <v>25</v>
       </c>
       <c r="E5" t="s">
         <v>25</v>
       </c>
       <c r="F5"/>
       <c r="G5">
         <v>25373878</v>
       </c>
       <c r="H5" t="s">
         <v>64</v>
       </c>
       <c r="I5">
         <v>2014</v>
@@ -6572,60 +6575,60 @@
       <c r="L5"/>
       <c r="M5"/>
       <c r="N5" t="s">
         <v>67</v>
       </c>
       <c r="O5"/>
       <c r="P5"/>
       <c r="Q5"/>
       <c r="R5" t="s">
         <v>68</v>
       </c>
       <c r="S5"/>
       <c r="T5" t="s">
         <v>69</v>
       </c>
       <c r="U5" t="s">
         <v>70</v>
       </c>
       <c r="V5" t="s">
         <v>71</v>
       </c>
       <c r="W5" t="s">
         <v>36</v>
       </c>
       <c r="X5" t="s">
-        <v>1688</v>
+        <v>1689</v>
       </c>
       <c r="AW5" t="s">
-        <v>1897</v>
+        <v>1898</v>
       </c>
       <c r="AX5" t="s">
-        <v>1898</v>
+        <v>1899</v>
       </c>
       <c r="AZ5" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="6" spans="1:55">
       <c r="A6" t="s">
         <v>72</v>
       </c>
       <c r="B6" t="s">
         <v>73</v>
       </c>
       <c r="C6"/>
       <c r="D6" t="s">
         <v>25</v>
       </c>
       <c r="E6" t="s">
         <v>25</v>
       </c>
       <c r="F6"/>
       <c r="G6">
         <v>24190960</v>
       </c>
       <c r="H6" t="s">
         <v>74</v>
       </c>
       <c r="I6">
         <v>2014</v>
@@ -6649,60 +6652,60 @@
       <c r="P6">
         <v>4</v>
       </c>
       <c r="Q6">
         <v>129</v>
       </c>
       <c r="R6" t="s">
         <v>76</v>
       </c>
       <c r="S6" t="s">
         <v>80</v>
       </c>
       <c r="T6" t="s">
         <v>81</v>
       </c>
       <c r="U6" t="s">
         <v>82</v>
       </c>
       <c r="V6" t="s">
         <v>83</v>
       </c>
       <c r="W6" t="s">
         <v>36</v>
       </c>
       <c r="X6" t="s">
-        <v>1689</v>
+        <v>1690</v>
       </c>
       <c r="AW6" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="AZ6" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
       <c r="BA6" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="7" spans="1:55">
       <c r="A7" t="s">
         <v>84</v>
       </c>
       <c r="B7" t="s">
         <v>85</v>
       </c>
       <c r="C7"/>
       <c r="D7" t="s">
         <v>25</v>
       </c>
       <c r="E7" t="s">
         <v>25</v>
       </c>
       <c r="F7"/>
       <c r="G7">
         <v>25049013</v>
       </c>
       <c r="H7" t="s">
         <v>86</v>
       </c>
       <c r="I7">
         <v>2014</v>
@@ -6724,57 +6727,57 @@
         <v>91</v>
       </c>
       <c r="P7">
         <v>1</v>
       </c>
       <c r="Q7">
         <v>76</v>
       </c>
       <c r="R7" t="s">
         <v>92</v>
       </c>
       <c r="S7"/>
       <c r="T7" t="s">
         <v>93</v>
       </c>
       <c r="U7" t="s">
         <v>94</v>
       </c>
       <c r="V7" t="s">
         <v>95</v>
       </c>
       <c r="W7" t="s">
         <v>36</v>
       </c>
       <c r="X7" t="s">
-        <v>1690</v>
+        <v>1691</v>
       </c>
       <c r="AW7" t="s">
-        <v>1900</v>
+        <v>1901</v>
       </c>
       <c r="AZ7" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="8" spans="1:55">
       <c r="A8" t="s">
         <v>96</v>
       </c>
       <c r="B8" t="s">
         <v>97</v>
       </c>
       <c r="C8"/>
       <c r="D8" t="s">
         <v>25</v>
       </c>
       <c r="E8" t="s">
         <v>25</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8" t="s">
         <v>98</v>
       </c>
       <c r="I8">
         <v>2013</v>
       </c>
       <c r="J8" t="s">
@@ -6790,57 +6793,57 @@
       <c r="N8" t="s">
         <v>102</v>
       </c>
       <c r="O8"/>
       <c r="P8"/>
       <c r="Q8">
         <v>1</v>
       </c>
       <c r="R8" t="s">
         <v>103</v>
       </c>
       <c r="S8"/>
       <c r="T8" t="s">
         <v>104</v>
       </c>
       <c r="U8" t="s">
         <v>105</v>
       </c>
       <c r="V8" t="s">
         <v>106</v>
       </c>
       <c r="W8" t="s">
         <v>36</v>
       </c>
       <c r="X8" t="s">
-        <v>1691</v>
+        <v>1692</v>
       </c>
       <c r="AW8" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="AZ8" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="9" spans="1:55">
       <c r="A9" t="s">
         <v>107</v>
       </c>
       <c r="B9" t="s">
         <v>108</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
         <v>25</v>
       </c>
       <c r="E9" t="s">
         <v>25</v>
       </c>
       <c r="F9"/>
       <c r="G9">
         <v>24928273</v>
       </c>
       <c r="H9" t="s">
         <v>109</v>
       </c>
       <c r="I9">
         <v>2014</v>
@@ -6864,54 +6867,54 @@
       <c r="P9">
         <v>17</v>
       </c>
       <c r="Q9">
         <v>588</v>
       </c>
       <c r="R9" t="s">
         <v>115</v>
       </c>
       <c r="S9" t="s">
         <v>116</v>
       </c>
       <c r="T9" t="s">
         <v>117</v>
       </c>
       <c r="U9" t="s">
         <v>118</v>
       </c>
       <c r="V9" t="s">
         <v>119</v>
       </c>
       <c r="W9" t="s">
         <v>36</v>
       </c>
       <c r="X9" t="s">
-        <v>1692</v>
+        <v>1693</v>
       </c>
       <c r="AW9" t="s">
-        <v>1901</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="10" spans="1:55">
       <c r="A10" t="s">
         <v>120</v>
       </c>
       <c r="B10" t="s">
         <v>73</v>
       </c>
       <c r="C10"/>
       <c r="D10" t="s">
         <v>25</v>
       </c>
       <c r="E10" t="s">
         <v>25</v>
       </c>
       <c r="F10"/>
       <c r="G10">
         <v>24667282</v>
       </c>
       <c r="H10" t="s">
         <v>121</v>
       </c>
       <c r="I10">
         <v>2014</v>
@@ -6935,54 +6938,54 @@
       <c r="P10">
         <v>11</v>
       </c>
       <c r="Q10">
         <v>100</v>
       </c>
       <c r="R10" t="s">
         <v>123</v>
       </c>
       <c r="S10" t="s">
         <v>127</v>
       </c>
       <c r="T10" t="s">
         <v>128</v>
       </c>
       <c r="U10" t="s">
         <v>129</v>
       </c>
       <c r="V10" t="s">
         <v>130</v>
       </c>
       <c r="W10" t="s">
         <v>36</v>
       </c>
       <c r="X10" t="s">
-        <v>1693</v>
+        <v>1694</v>
       </c>
       <c r="AW10" t="s">
-        <v>1902</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="11" spans="1:55">
       <c r="A11" t="s">
         <v>131</v>
       </c>
       <c r="B11" t="s">
         <v>73</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
         <v>25</v>
       </c>
       <c r="E11" t="s">
         <v>25</v>
       </c>
       <c r="F11"/>
       <c r="G11">
         <v>23434590</v>
       </c>
       <c r="H11" t="s">
         <v>132</v>
       </c>
       <c r="I11">
         <v>2013</v>
@@ -7004,54 +7007,54 @@
         <v>137</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
         <v>123</v>
       </c>
       <c r="R11" t="s">
         <v>138</v>
       </c>
       <c r="S11"/>
       <c r="T11" t="s">
         <v>139</v>
       </c>
       <c r="U11" t="s">
         <v>140</v>
       </c>
       <c r="V11" t="s">
         <v>141</v>
       </c>
       <c r="W11" t="s">
         <v>36</v>
       </c>
       <c r="X11" t="s">
-        <v>1694</v>
+        <v>1695</v>
       </c>
       <c r="AW11" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="12" spans="1:55">
       <c r="A12" t="s">
         <v>142</v>
       </c>
       <c r="B12" t="s">
         <v>73</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
         <v>25</v>
       </c>
       <c r="E12" t="s">
         <v>25</v>
       </c>
       <c r="F12"/>
       <c r="G12">
         <v>23771692</v>
       </c>
       <c r="H12" t="s">
         <v>143</v>
       </c>
       <c r="I12">
         <v>2013</v>
@@ -7075,54 +7078,54 @@
       <c r="P12">
         <v>4</v>
       </c>
       <c r="Q12">
         <v>305</v>
       </c>
       <c r="R12" t="s">
         <v>149</v>
       </c>
       <c r="S12" t="s">
         <v>150</v>
       </c>
       <c r="T12" t="s">
         <v>151</v>
       </c>
       <c r="U12" t="s">
         <v>140</v>
       </c>
       <c r="V12" t="s">
         <v>141</v>
       </c>
       <c r="W12" t="s">
         <v>36</v>
       </c>
       <c r="X12" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
       <c r="AW12" t="s">
-        <v>1903</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="13" spans="1:55">
       <c r="A13" t="s">
         <v>152</v>
       </c>
       <c r="B13" t="s">
         <v>97</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
         <v>25</v>
       </c>
       <c r="E13" t="s">
         <v>25</v>
       </c>
       <c r="F13"/>
       <c r="G13">
         <v>23792436</v>
       </c>
       <c r="H13" t="s">
         <v>153</v>
       </c>
       <c r="I13">
         <v>2013</v>
@@ -7146,57 +7149,57 @@
       <c r="P13">
         <v>2</v>
       </c>
       <c r="Q13">
         <v>11</v>
       </c>
       <c r="R13" t="s">
         <v>159</v>
       </c>
       <c r="S13" t="s">
         <v>160</v>
       </c>
       <c r="T13" t="s">
         <v>161</v>
       </c>
       <c r="U13" t="s">
         <v>119</v>
       </c>
       <c r="V13" t="s">
         <v>106</v>
       </c>
       <c r="W13" t="s">
         <v>36</v>
       </c>
       <c r="X13" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="AW13" t="s">
-        <v>1904</v>
+        <v>1905</v>
       </c>
       <c r="AX13" t="s">
-        <v>1900</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="14" spans="1:55">
       <c r="A14" t="s">
         <v>162</v>
       </c>
       <c r="B14" t="s">
         <v>163</v>
       </c>
       <c r="C14"/>
       <c r="D14" t="s">
         <v>25</v>
       </c>
       <c r="E14" t="s">
         <v>25</v>
       </c>
       <c r="F14"/>
       <c r="G14">
         <v>24812278</v>
       </c>
       <c r="H14" t="s">
         <v>164</v>
       </c>
       <c r="I14">
         <v>2014</v>
@@ -7216,54 +7219,54 @@
       </c>
       <c r="O14" t="s">
         <v>169</v>
       </c>
       <c r="P14"/>
       <c r="Q14"/>
       <c r="R14" t="s">
         <v>170</v>
       </c>
       <c r="S14" t="s">
         <v>171</v>
       </c>
       <c r="T14" t="s">
         <v>172</v>
       </c>
       <c r="U14" t="s">
         <v>173</v>
       </c>
       <c r="V14" t="s">
         <v>174</v>
       </c>
       <c r="W14" t="s">
         <v>36</v>
       </c>
       <c r="X14" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
       <c r="AW14" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="15" spans="1:55">
       <c r="A15" t="s">
         <v>175</v>
       </c>
       <c r="B15" t="s">
         <v>163</v>
       </c>
       <c r="C15"/>
       <c r="D15" t="s">
         <v>25</v>
       </c>
       <c r="E15" t="s">
         <v>25</v>
       </c>
       <c r="F15"/>
       <c r="G15">
         <v>23877259</v>
       </c>
       <c r="H15" t="s">
         <v>176</v>
       </c>
       <c r="I15">
         <v>2013</v>
@@ -7287,57 +7290,57 @@
       <c r="P15">
         <v>9</v>
       </c>
       <c r="Q15">
         <v>128</v>
       </c>
       <c r="R15" t="s">
         <v>76</v>
       </c>
       <c r="S15" t="s">
         <v>180</v>
       </c>
       <c r="T15" t="s">
         <v>181</v>
       </c>
       <c r="U15" t="s">
         <v>182</v>
       </c>
       <c r="V15" t="s">
         <v>183</v>
       </c>
       <c r="W15" t="s">
         <v>36</v>
       </c>
       <c r="X15" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
       <c r="AW15" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="AX15" t="s">
-        <v>1905</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="16" spans="1:55">
       <c r="A16" t="s">
         <v>184</v>
       </c>
       <c r="B16" t="s">
         <v>163</v>
       </c>
       <c r="C16"/>
       <c r="D16" t="s">
         <v>25</v>
       </c>
       <c r="E16" t="s">
         <v>25</v>
       </c>
       <c r="F16"/>
       <c r="G16">
         <v>25201344</v>
       </c>
       <c r="H16" t="s">
         <v>185</v>
       </c>
       <c r="I16">
         <v>2014</v>
@@ -7355,54 +7358,54 @@
       <c r="N16" t="s">
         <v>189</v>
       </c>
       <c r="O16"/>
       <c r="P16"/>
       <c r="Q16"/>
       <c r="R16" t="s">
         <v>190</v>
       </c>
       <c r="S16" t="s">
         <v>191</v>
       </c>
       <c r="T16" t="s">
         <v>192</v>
       </c>
       <c r="U16" t="s">
         <v>182</v>
       </c>
       <c r="V16" t="s">
         <v>183</v>
       </c>
       <c r="W16" t="s">
         <v>36</v>
       </c>
       <c r="X16" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
       <c r="AW16" t="s">
-        <v>1904</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="17" spans="1:55">
       <c r="A17" t="s">
         <v>193</v>
       </c>
       <c r="B17" t="s">
         <v>163</v>
       </c>
       <c r="C17"/>
       <c r="D17" t="s">
         <v>25</v>
       </c>
       <c r="E17" t="s">
         <v>25</v>
       </c>
       <c r="F17"/>
       <c r="G17">
         <v>23159442</v>
       </c>
       <c r="H17" t="s">
         <v>194</v>
       </c>
       <c r="I17">
         <v>2013</v>
@@ -7422,54 +7425,54 @@
       </c>
       <c r="O17" t="s">
         <v>199</v>
       </c>
       <c r="P17"/>
       <c r="Q17">
         <v>58</v>
       </c>
       <c r="R17" t="s">
         <v>200</v>
       </c>
       <c r="S17"/>
       <c r="T17" t="s">
         <v>201</v>
       </c>
       <c r="U17" t="s">
         <v>182</v>
       </c>
       <c r="V17" t="s">
         <v>174</v>
       </c>
       <c r="W17" t="s">
         <v>36</v>
       </c>
       <c r="X17" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="AW17" t="s">
-        <v>1900</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="18" spans="1:55">
       <c r="A18" t="s">
         <v>202</v>
       </c>
       <c r="B18" t="s">
         <v>163</v>
       </c>
       <c r="C18"/>
       <c r="D18" t="s">
         <v>25</v>
       </c>
       <c r="E18" t="s">
         <v>25</v>
       </c>
       <c r="F18"/>
       <c r="G18">
         <v>22932727</v>
       </c>
       <c r="H18" t="s">
         <v>203</v>
       </c>
       <c r="I18">
         <v>2013</v>
@@ -7493,54 +7496,54 @@
       <c r="P18">
         <v>4</v>
       </c>
       <c r="Q18">
         <v>18</v>
       </c>
       <c r="R18" t="s">
         <v>209</v>
       </c>
       <c r="S18" t="s">
         <v>210</v>
       </c>
       <c r="T18" t="s">
         <v>211</v>
       </c>
       <c r="U18" t="s">
         <v>182</v>
       </c>
       <c r="V18" t="s">
         <v>183</v>
       </c>
       <c r="W18" t="s">
         <v>36</v>
       </c>
       <c r="X18" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
       <c r="AW18" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="19" spans="1:55">
       <c r="A19" t="s">
         <v>212</v>
       </c>
       <c r="B19" t="s">
         <v>163</v>
       </c>
       <c r="C19"/>
       <c r="D19" t="s">
         <v>25</v>
       </c>
       <c r="E19" t="s">
         <v>25</v>
       </c>
       <c r="F19"/>
       <c r="G19"/>
       <c r="H19"/>
       <c r="I19">
         <v>2014</v>
       </c>
       <c r="J19" t="s">
         <v>213</v>
       </c>
@@ -7556,51 +7559,51 @@
       </c>
       <c r="O19" t="s">
         <v>217</v>
       </c>
       <c r="P19">
         <v>21</v>
       </c>
       <c r="Q19">
         <v>7</v>
       </c>
       <c r="R19"/>
       <c r="S19"/>
       <c r="T19" t="s">
         <v>218</v>
       </c>
       <c r="U19" t="s">
         <v>219</v>
       </c>
       <c r="V19" t="s">
         <v>174</v>
       </c>
       <c r="W19" t="s">
         <v>36</v>
       </c>
       <c r="X19" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="20" spans="1:55">
       <c r="A20" t="s">
         <v>220</v>
       </c>
       <c r="B20" t="s">
         <v>73</v>
       </c>
       <c r="C20"/>
       <c r="D20" t="s">
         <v>25</v>
       </c>
       <c r="E20" t="s">
         <v>25</v>
       </c>
       <c r="F20"/>
       <c r="G20">
         <v>23709029</v>
       </c>
       <c r="H20" t="s">
         <v>221</v>
       </c>
       <c r="I20">
         <v>2013</v>
@@ -7622,51 +7625,51 @@
         <v>226</v>
       </c>
       <c r="P20"/>
       <c r="Q20">
         <v>1020</v>
       </c>
       <c r="R20" t="s">
         <v>227</v>
       </c>
       <c r="S20" t="s">
         <v>228</v>
       </c>
       <c r="T20" t="s">
         <v>229</v>
       </c>
       <c r="U20" t="s">
         <v>230</v>
       </c>
       <c r="V20" t="s">
         <v>231</v>
       </c>
       <c r="W20" t="s">
         <v>36</v>
       </c>
       <c r="X20" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="21" spans="1:55">
       <c r="A21" t="s">
         <v>232</v>
       </c>
       <c r="B21" t="s">
         <v>73</v>
       </c>
       <c r="C21"/>
       <c r="D21" t="s">
         <v>25</v>
       </c>
       <c r="E21" t="s">
         <v>25</v>
       </c>
       <c r="F21"/>
       <c r="G21">
         <v>24599804</v>
       </c>
       <c r="H21" t="s">
         <v>233</v>
       </c>
       <c r="I21">
         <v>2014</v>
@@ -7690,51 +7693,51 @@
       <c r="P21">
         <v>8</v>
       </c>
       <c r="Q21">
         <v>114</v>
       </c>
       <c r="R21" t="s">
         <v>239</v>
       </c>
       <c r="S21" t="s">
         <v>240</v>
       </c>
       <c r="T21" t="s">
         <v>241</v>
       </c>
       <c r="U21" t="s">
         <v>230</v>
       </c>
       <c r="V21" t="s">
         <v>231</v>
       </c>
       <c r="W21" t="s">
         <v>36</v>
       </c>
       <c r="X21" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="22" spans="1:55">
       <c r="A22" t="s">
         <v>242</v>
       </c>
       <c r="B22" t="s">
         <v>243</v>
       </c>
       <c r="C22"/>
       <c r="D22" t="s">
         <v>25</v>
       </c>
       <c r="E22" t="s">
         <v>25</v>
       </c>
       <c r="F22"/>
       <c r="G22"/>
       <c r="H22" t="s">
         <v>244</v>
       </c>
       <c r="I22">
         <v>2013</v>
       </c>
       <c r="J22" t="s">
@@ -7754,51 +7757,51 @@
         <v>249</v>
       </c>
       <c r="P22">
         <v>3</v>
       </c>
       <c r="Q22">
         <v>25</v>
       </c>
       <c r="R22" t="s">
         <v>250</v>
       </c>
       <c r="S22"/>
       <c r="T22" t="s">
         <v>251</v>
       </c>
       <c r="U22" t="s">
         <v>252</v>
       </c>
       <c r="V22" t="s">
         <v>253</v>
       </c>
       <c r="W22" t="s">
         <v>36</v>
       </c>
       <c r="X22" t="s">
-        <v>1705</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="23" spans="1:55">
       <c r="A23" t="s">
         <v>254</v>
       </c>
       <c r="B23" t="s">
         <v>24</v>
       </c>
       <c r="C23"/>
       <c r="D23" t="s">
         <v>25</v>
       </c>
       <c r="E23" t="s">
         <v>25</v>
       </c>
       <c r="F23"/>
       <c r="G23">
         <v>23213108</v>
       </c>
       <c r="H23" t="s">
         <v>255</v>
       </c>
       <c r="I23">
         <v>2013</v>
@@ -7822,51 +7825,51 @@
       <c r="P23">
         <v>3</v>
       </c>
       <c r="Q23">
         <v>97</v>
       </c>
       <c r="R23" t="s">
         <v>170</v>
       </c>
       <c r="S23" t="s">
         <v>259</v>
       </c>
       <c r="T23" t="s">
         <v>260</v>
       </c>
       <c r="U23" t="s">
         <v>261</v>
       </c>
       <c r="V23" t="s">
         <v>71</v>
       </c>
       <c r="W23" t="s">
         <v>36</v>
       </c>
       <c r="X23" t="s">
-        <v>1706</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="24" spans="1:55">
       <c r="A24" t="s">
         <v>262</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24"/>
       <c r="D24" t="s">
         <v>25</v>
       </c>
       <c r="E24" t="s">
         <v>25</v>
       </c>
       <c r="F24"/>
       <c r="G24">
         <v>23283722</v>
       </c>
       <c r="H24" t="s">
         <v>263</v>
       </c>
       <c r="I24">
         <v>2013</v>
@@ -7890,51 +7893,51 @@
       <c r="P24">
         <v>4</v>
       </c>
       <c r="Q24">
         <v>112</v>
       </c>
       <c r="R24" t="s">
         <v>239</v>
       </c>
       <c r="S24" t="s">
         <v>268</v>
       </c>
       <c r="T24" t="s">
         <v>269</v>
       </c>
       <c r="U24" t="s">
         <v>261</v>
       </c>
       <c r="V24" t="s">
         <v>71</v>
       </c>
       <c r="W24" t="s">
         <v>36</v>
       </c>
       <c r="X24" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="25" spans="1:55">
       <c r="A25" t="s">
         <v>270</v>
       </c>
       <c r="B25" t="s">
         <v>271</v>
       </c>
       <c r="C25"/>
       <c r="D25" t="s">
         <v>25</v>
       </c>
       <c r="E25" t="s">
         <v>25</v>
       </c>
       <c r="F25"/>
       <c r="G25">
         <v>23740213</v>
       </c>
       <c r="H25" t="s">
         <v>272</v>
       </c>
       <c r="I25">
         <v>2013</v>
@@ -7958,51 +7961,51 @@
       <c r="P25">
         <v>4</v>
       </c>
       <c r="Q25">
         <v>108</v>
       </c>
       <c r="R25" t="s">
         <v>277</v>
       </c>
       <c r="S25" t="s">
         <v>278</v>
       </c>
       <c r="T25" t="s">
         <v>279</v>
       </c>
       <c r="U25" t="s">
         <v>280</v>
       </c>
       <c r="V25" t="s">
         <v>281</v>
       </c>
       <c r="W25" t="s">
         <v>36</v>
       </c>
       <c r="X25" t="s">
-        <v>1708</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="26" spans="1:55">
       <c r="A26" t="s">
         <v>282</v>
       </c>
       <c r="B26" t="s">
         <v>73</v>
       </c>
       <c r="C26"/>
       <c r="D26" t="s">
         <v>25</v>
       </c>
       <c r="E26" t="s">
         <v>25</v>
       </c>
       <c r="F26"/>
       <c r="G26">
         <v>24051368</v>
       </c>
       <c r="H26" t="s">
         <v>283</v>
       </c>
       <c r="I26">
         <v>2013</v>
@@ -8024,51 +8027,51 @@
         <v>286</v>
       </c>
       <c r="P26"/>
       <c r="Q26">
         <v>64</v>
       </c>
       <c r="R26" t="s">
         <v>200</v>
       </c>
       <c r="S26" t="s">
         <v>287</v>
       </c>
       <c r="T26" t="s">
         <v>288</v>
       </c>
       <c r="U26" t="s">
         <v>289</v>
       </c>
       <c r="V26" t="s">
         <v>290</v>
       </c>
       <c r="W26" t="s">
         <v>36</v>
       </c>
       <c r="X26" t="s">
-        <v>1709</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="27" spans="1:55">
       <c r="A27" t="s">
         <v>291</v>
       </c>
       <c r="B27" t="s">
         <v>292</v>
       </c>
       <c r="C27"/>
       <c r="D27" t="s">
         <v>25</v>
       </c>
       <c r="E27" t="s">
         <v>25</v>
       </c>
       <c r="F27"/>
       <c r="G27">
         <v>23504549</v>
       </c>
       <c r="H27" t="s">
         <v>293</v>
       </c>
       <c r="I27">
         <v>2013</v>
@@ -8092,51 +8095,51 @@
       <c r="P27">
         <v>2</v>
       </c>
       <c r="Q27">
         <v>98</v>
       </c>
       <c r="R27" t="s">
         <v>170</v>
       </c>
       <c r="S27" t="s">
         <v>297</v>
       </c>
       <c r="T27" t="s">
         <v>298</v>
       </c>
       <c r="U27" t="s">
         <v>299</v>
       </c>
       <c r="V27" t="s">
         <v>300</v>
       </c>
       <c r="W27" t="s">
         <v>36</v>
       </c>
       <c r="X27" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="28" spans="1:55">
       <c r="A28" t="s">
         <v>301</v>
       </c>
       <c r="B28" t="s">
         <v>292</v>
       </c>
       <c r="C28"/>
       <c r="D28" t="s">
         <v>25</v>
       </c>
       <c r="E28" t="s">
         <v>25</v>
       </c>
       <c r="F28"/>
       <c r="G28">
         <v>23219451</v>
       </c>
       <c r="H28" t="s">
         <v>302</v>
       </c>
       <c r="I28">
         <v>2013</v>
@@ -8158,51 +8161,51 @@
         <v>305</v>
       </c>
       <c r="P28"/>
       <c r="Q28">
         <v>58</v>
       </c>
       <c r="R28" t="s">
         <v>200</v>
       </c>
       <c r="S28" t="s">
         <v>306</v>
       </c>
       <c r="T28" t="s">
         <v>307</v>
       </c>
       <c r="U28" t="s">
         <v>299</v>
       </c>
       <c r="V28" t="s">
         <v>300</v>
       </c>
       <c r="W28" t="s">
         <v>36</v>
       </c>
       <c r="X28" t="s">
-        <v>1711</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="29" spans="1:55">
       <c r="A29" t="s">
         <v>308</v>
       </c>
       <c r="B29" t="s">
         <v>163</v>
       </c>
       <c r="C29"/>
       <c r="D29" t="s">
         <v>25</v>
       </c>
       <c r="E29" t="s">
         <v>25</v>
       </c>
       <c r="F29"/>
       <c r="G29">
         <v>24631768</v>
       </c>
       <c r="H29" t="s">
         <v>309</v>
       </c>
       <c r="I29">
         <v>2014</v>
@@ -8224,51 +8227,51 @@
         <v>312</v>
       </c>
       <c r="P29"/>
       <c r="Q29">
         <v>73</v>
       </c>
       <c r="R29" t="s">
         <v>200</v>
       </c>
       <c r="S29" t="s">
         <v>313</v>
       </c>
       <c r="T29" t="s">
         <v>314</v>
       </c>
       <c r="U29" t="s">
         <v>315</v>
       </c>
       <c r="V29" t="s">
         <v>174</v>
       </c>
       <c r="W29" t="s">
         <v>36</v>
       </c>
       <c r="X29" t="s">
-        <v>1712</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="30" spans="1:55">
       <c r="A30" t="s">
         <v>316</v>
       </c>
       <c r="B30" t="s">
         <v>24</v>
       </c>
       <c r="C30"/>
       <c r="D30" t="s">
         <v>25</v>
       </c>
       <c r="E30" t="s">
         <v>25</v>
       </c>
       <c r="F30"/>
       <c r="G30">
         <v>24421331</v>
       </c>
       <c r="H30" t="s">
         <v>317</v>
       </c>
       <c r="I30">
         <v>2014</v>
@@ -8290,51 +8293,51 @@
         <v>322</v>
       </c>
       <c r="P30">
         <v>2</v>
       </c>
       <c r="Q30">
         <v>204</v>
       </c>
       <c r="R30" t="s">
         <v>323</v>
       </c>
       <c r="S30"/>
       <c r="T30" t="s">
         <v>324</v>
       </c>
       <c r="U30" t="s">
         <v>325</v>
       </c>
       <c r="V30" t="s">
         <v>71</v>
       </c>
       <c r="W30" t="s">
         <v>36</v>
       </c>
       <c r="X30" t="s">
-        <v>1713</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="31" spans="1:55">
       <c r="A31" t="s">
         <v>326</v>
       </c>
       <c r="B31" t="s">
         <v>163</v>
       </c>
       <c r="C31"/>
       <c r="D31" t="s">
         <v>25</v>
       </c>
       <c r="E31" t="s">
         <v>25</v>
       </c>
       <c r="F31"/>
       <c r="G31">
         <v>25124496</v>
       </c>
       <c r="H31" t="s">
         <v>327</v>
       </c>
       <c r="I31">
         <v>2014</v>
@@ -8358,51 +8361,51 @@
       <c r="P31">
         <v>15</v>
       </c>
       <c r="Q31">
         <v>130</v>
       </c>
       <c r="R31" t="s">
         <v>76</v>
       </c>
       <c r="S31" t="s">
         <v>331</v>
       </c>
       <c r="T31" t="s">
         <v>332</v>
       </c>
       <c r="U31" t="s">
         <v>333</v>
       </c>
       <c r="V31" t="s">
         <v>334</v>
       </c>
       <c r="W31" t="s">
         <v>36</v>
       </c>
       <c r="X31" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="32" spans="1:55">
       <c r="A32" t="s">
         <v>335</v>
       </c>
       <c r="B32" t="s">
         <v>292</v>
       </c>
       <c r="C32"/>
       <c r="D32" t="s">
         <v>25</v>
       </c>
       <c r="E32" t="s">
         <v>25</v>
       </c>
       <c r="F32"/>
       <c r="G32">
         <v>23064508</v>
       </c>
       <c r="H32" t="s">
         <v>336</v>
       </c>
       <c r="I32">
         <v>2013</v>
@@ -8426,51 +8429,51 @@
       <c r="P32">
         <v>3</v>
       </c>
       <c r="Q32">
         <v>98</v>
       </c>
       <c r="R32" t="s">
         <v>342</v>
       </c>
       <c r="S32" t="s">
         <v>343</v>
       </c>
       <c r="T32" t="s">
         <v>344</v>
       </c>
       <c r="U32" t="s">
         <v>300</v>
       </c>
       <c r="V32" t="s">
         <v>300</v>
       </c>
       <c r="W32" t="s">
         <v>36</v>
       </c>
       <c r="X32" t="s">
-        <v>1715</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="33" spans="1:55">
       <c r="A33" t="s">
         <v>345</v>
       </c>
       <c r="B33" t="s">
         <v>24</v>
       </c>
       <c r="C33"/>
       <c r="D33" t="s">
         <v>25</v>
       </c>
       <c r="E33" t="s">
         <v>25</v>
       </c>
       <c r="F33"/>
       <c r="G33">
         <v>24625729</v>
       </c>
       <c r="H33" t="s">
         <v>346</v>
       </c>
       <c r="I33">
         <v>2014</v>
@@ -8492,51 +8495,51 @@
         <v>349</v>
       </c>
       <c r="P33">
         <v>6</v>
       </c>
       <c r="Q33">
         <v>114</v>
       </c>
       <c r="R33" t="s">
         <v>239</v>
       </c>
       <c r="S33"/>
       <c r="T33" t="s">
         <v>350</v>
       </c>
       <c r="U33" t="s">
         <v>71</v>
       </c>
       <c r="V33" t="s">
         <v>261</v>
       </c>
       <c r="W33" t="s">
         <v>36</v>
       </c>
       <c r="X33" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="34" spans="1:55">
       <c r="A34" t="s">
         <v>351</v>
       </c>
       <c r="B34" t="s">
         <v>163</v>
       </c>
       <c r="C34"/>
       <c r="D34" t="s">
         <v>25</v>
       </c>
       <c r="E34" t="s">
         <v>25</v>
       </c>
       <c r="F34"/>
       <c r="G34">
         <v>23862619</v>
       </c>
       <c r="H34" t="s">
         <v>352</v>
       </c>
       <c r="I34">
         <v>2014</v>
@@ -8560,51 +8563,51 @@
       <c r="P34">
         <v>11</v>
       </c>
       <c r="Q34">
         <v>21</v>
       </c>
       <c r="R34" t="s">
         <v>358</v>
       </c>
       <c r="S34" t="s">
         <v>359</v>
       </c>
       <c r="T34" t="s">
         <v>360</v>
       </c>
       <c r="U34" t="s">
         <v>174</v>
       </c>
       <c r="V34" t="s">
         <v>174</v>
       </c>
       <c r="W34" t="s">
         <v>36</v>
       </c>
       <c r="X34" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="35" spans="1:55">
       <c r="A35" t="s">
         <v>361</v>
       </c>
       <c r="B35" t="s">
         <v>163</v>
       </c>
       <c r="C35"/>
       <c r="D35" t="s">
         <v>25</v>
       </c>
       <c r="E35" t="s">
         <v>25</v>
       </c>
       <c r="F35"/>
       <c r="G35">
         <v>22767404</v>
       </c>
       <c r="H35" t="s">
         <v>362</v>
       </c>
       <c r="I35">
         <v>2012</v>
@@ -8626,51 +8629,51 @@
         <v>367</v>
       </c>
       <c r="P35">
         <v>3</v>
       </c>
       <c r="Q35">
         <v>9</v>
       </c>
       <c r="R35" t="s">
         <v>368</v>
       </c>
       <c r="S35"/>
       <c r="T35" t="s">
         <v>360</v>
       </c>
       <c r="U35" t="s">
         <v>174</v>
       </c>
       <c r="V35" t="s">
         <v>174</v>
       </c>
       <c r="W35" t="s">
         <v>36</v>
       </c>
       <c r="X35" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="36" spans="1:55">
       <c r="A36" t="s">
         <v>369</v>
       </c>
       <c r="B36" t="s">
         <v>163</v>
       </c>
       <c r="C36"/>
       <c r="D36" t="s">
         <v>25</v>
       </c>
       <c r="E36" t="s">
         <v>25</v>
       </c>
       <c r="F36"/>
       <c r="G36">
         <v>24621836</v>
       </c>
       <c r="H36" t="s">
         <v>370</v>
       </c>
       <c r="I36">
         <v>2013</v>
@@ -8694,51 +8697,51 @@
       <c r="P36">
         <v>2</v>
       </c>
       <c r="Q36">
         <v>1</v>
       </c>
       <c r="R36" t="s">
         <v>376</v>
       </c>
       <c r="S36" t="s">
         <v>377</v>
       </c>
       <c r="T36" t="s">
         <v>378</v>
       </c>
       <c r="U36" t="s">
         <v>174</v>
       </c>
       <c r="V36" t="s">
         <v>379</v>
       </c>
       <c r="W36" t="s">
         <v>36</v>
       </c>
       <c r="X36" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="37" spans="1:55">
       <c r="A37" t="s">
         <v>380</v>
       </c>
       <c r="B37" t="s">
         <v>163</v>
       </c>
       <c r="C37"/>
       <c r="D37" t="s">
         <v>25</v>
       </c>
       <c r="E37" t="s">
         <v>25</v>
       </c>
       <c r="F37"/>
       <c r="G37">
         <v>23500390</v>
       </c>
       <c r="H37" t="s">
         <v>381</v>
       </c>
       <c r="I37">
         <v>2013</v>
@@ -8760,51 +8763,51 @@
         <v>384</v>
       </c>
       <c r="P37"/>
       <c r="Q37">
         <v>61</v>
       </c>
       <c r="R37" t="s">
         <v>200</v>
       </c>
       <c r="S37" t="s">
         <v>385</v>
       </c>
       <c r="T37" t="s">
         <v>386</v>
       </c>
       <c r="U37" t="s">
         <v>174</v>
       </c>
       <c r="V37" t="s">
         <v>183</v>
       </c>
       <c r="W37" t="s">
         <v>36</v>
       </c>
       <c r="X37" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="38" spans="1:55">
       <c r="A38" t="s">
         <v>387</v>
       </c>
       <c r="B38" t="s">
         <v>73</v>
       </c>
       <c r="C38"/>
       <c r="D38" t="s">
         <v>25</v>
       </c>
       <c r="E38" t="s">
         <v>25</v>
       </c>
       <c r="F38"/>
       <c r="G38">
         <v>23810893</v>
       </c>
       <c r="H38" t="s">
         <v>388</v>
       </c>
       <c r="I38">
         <v>2013</v>
@@ -8828,51 +8831,51 @@
       <c r="P38">
         <v>17</v>
       </c>
       <c r="Q38">
         <v>62</v>
       </c>
       <c r="R38" t="s">
         <v>394</v>
       </c>
       <c r="S38" t="s">
         <v>395</v>
       </c>
       <c r="T38" t="s">
         <v>396</v>
       </c>
       <c r="U38" t="s">
         <v>397</v>
       </c>
       <c r="V38" t="s">
         <v>130</v>
       </c>
       <c r="W38" t="s">
         <v>36</v>
       </c>
       <c r="X38" t="s">
-        <v>1721</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="39" spans="1:55">
       <c r="A39" t="s">
         <v>398</v>
       </c>
       <c r="B39" t="s">
         <v>243</v>
       </c>
       <c r="C39"/>
       <c r="D39" t="s">
         <v>25</v>
       </c>
       <c r="E39" t="s">
         <v>25</v>
       </c>
       <c r="F39"/>
       <c r="G39">
         <v>23920882</v>
       </c>
       <c r="H39" t="s">
         <v>399</v>
       </c>
       <c r="I39">
         <v>2013</v>
@@ -8894,51 +8897,51 @@
         <v>1108</v>
       </c>
       <c r="P39"/>
       <c r="Q39">
         <v>192</v>
       </c>
       <c r="R39" t="s">
         <v>404</v>
       </c>
       <c r="S39" t="s">
         <v>405</v>
       </c>
       <c r="T39" t="s">
         <v>406</v>
       </c>
       <c r="U39" t="s">
         <v>407</v>
       </c>
       <c r="V39" t="s">
         <v>408</v>
       </c>
       <c r="W39" t="s">
         <v>36</v>
       </c>
       <c r="X39" t="s">
-        <v>1722</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="40" spans="1:55">
       <c r="A40" t="s">
         <v>409</v>
       </c>
       <c r="B40" t="s">
         <v>163</v>
       </c>
       <c r="C40"/>
       <c r="D40" t="s">
         <v>25</v>
       </c>
       <c r="E40" t="s">
         <v>25</v>
       </c>
       <c r="F40"/>
       <c r="G40">
         <v>24600393</v>
       </c>
       <c r="H40" t="s">
         <v>410</v>
       </c>
       <c r="I40">
         <v>2014</v>
@@ -8958,51 +8961,51 @@
       </c>
       <c r="O40"/>
       <c r="P40"/>
       <c r="Q40">
         <v>5</v>
       </c>
       <c r="R40" t="s">
         <v>415</v>
       </c>
       <c r="S40" t="s">
         <v>416</v>
       </c>
       <c r="T40" t="s">
         <v>417</v>
       </c>
       <c r="U40" t="s">
         <v>418</v>
       </c>
       <c r="V40" t="s">
         <v>419</v>
       </c>
       <c r="W40" t="s">
         <v>36</v>
       </c>
       <c r="X40" t="s">
-        <v>1723</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="41" spans="1:55">
       <c r="A41" t="s">
         <v>420</v>
       </c>
       <c r="B41" t="s">
         <v>163</v>
       </c>
       <c r="C41"/>
       <c r="D41" t="s">
         <v>25</v>
       </c>
       <c r="E41" t="s">
         <v>25</v>
       </c>
       <c r="F41"/>
       <c r="G41">
         <v>23740218</v>
       </c>
       <c r="H41" t="s">
         <v>421</v>
       </c>
       <c r="I41">
         <v>2013</v>
@@ -9026,51 +9029,51 @@
       <c r="P41">
         <v>4</v>
       </c>
       <c r="Q41">
         <v>108</v>
       </c>
       <c r="R41" t="s">
         <v>277</v>
       </c>
       <c r="S41" t="s">
         <v>424</v>
       </c>
       <c r="T41" t="s">
         <v>425</v>
       </c>
       <c r="U41" t="s">
         <v>426</v>
       </c>
       <c r="V41" t="s">
         <v>174</v>
       </c>
       <c r="W41" t="s">
         <v>36</v>
       </c>
       <c r="X41" t="s">
-        <v>1724</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="42" spans="1:55">
       <c r="A42" t="s">
         <v>427</v>
       </c>
       <c r="B42" t="s">
         <v>163</v>
       </c>
       <c r="C42"/>
       <c r="D42" t="s">
         <v>25</v>
       </c>
       <c r="E42" t="s">
         <v>25</v>
       </c>
       <c r="F42"/>
       <c r="G42">
         <v>23473775</v>
       </c>
       <c r="H42" t="s">
         <v>428</v>
       </c>
       <c r="I42">
         <v>2013</v>
@@ -9092,51 +9095,51 @@
         <v>431</v>
       </c>
       <c r="P42"/>
       <c r="Q42">
         <v>59</v>
       </c>
       <c r="R42" t="s">
         <v>200</v>
       </c>
       <c r="S42" t="s">
         <v>432</v>
       </c>
       <c r="T42" t="s">
         <v>433</v>
       </c>
       <c r="U42" t="s">
         <v>426</v>
       </c>
       <c r="V42" t="s">
         <v>174</v>
       </c>
       <c r="W42" t="s">
         <v>36</v>
       </c>
       <c r="X42" t="s">
-        <v>1725</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="43" spans="1:55">
       <c r="A43" t="s">
         <v>434</v>
       </c>
       <c r="B43" t="s">
         <v>73</v>
       </c>
       <c r="C43"/>
       <c r="D43" t="s">
         <v>25</v>
       </c>
       <c r="E43" t="s">
         <v>25</v>
       </c>
       <c r="F43"/>
       <c r="G43">
         <v>24431469</v>
       </c>
       <c r="H43" t="s">
         <v>435</v>
       </c>
       <c r="I43">
         <v>2014</v>
@@ -9160,51 +9163,51 @@
       <c r="P43">
         <v>1</v>
       </c>
       <c r="Q43">
         <v>349</v>
       </c>
       <c r="R43" t="s">
         <v>441</v>
       </c>
       <c r="S43" t="s">
         <v>442</v>
       </c>
       <c r="T43" t="s">
         <v>443</v>
       </c>
       <c r="U43" t="s">
         <v>444</v>
       </c>
       <c r="V43" t="s">
         <v>130</v>
       </c>
       <c r="W43" t="s">
         <v>36</v>
       </c>
       <c r="X43" t="s">
-        <v>1726</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="44" spans="1:55">
       <c r="A44" t="s">
         <v>445</v>
       </c>
       <c r="B44" t="s">
         <v>38</v>
       </c>
       <c r="C44"/>
       <c r="D44" t="s">
         <v>25</v>
       </c>
       <c r="E44" t="s">
         <v>25</v>
       </c>
       <c r="F44"/>
       <c r="G44">
         <v>24833749</v>
       </c>
       <c r="H44" t="s">
         <v>446</v>
       </c>
       <c r="I44">
         <v>2014</v>
@@ -9224,51 +9227,51 @@
       </c>
       <c r="O44" t="s">
         <v>451</v>
       </c>
       <c r="P44"/>
       <c r="Q44"/>
       <c r="R44" t="s">
         <v>452</v>
       </c>
       <c r="S44" t="s">
         <v>453</v>
       </c>
       <c r="T44" t="s">
         <v>454</v>
       </c>
       <c r="U44" t="s">
         <v>455</v>
       </c>
       <c r="V44" t="s">
         <v>48</v>
       </c>
       <c r="W44" t="s">
         <v>36</v>
       </c>
       <c r="X44" t="s">
-        <v>1727</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="45" spans="1:55">
       <c r="A45" t="s">
         <v>456</v>
       </c>
       <c r="B45" t="s">
         <v>457</v>
       </c>
       <c r="C45"/>
       <c r="D45" t="s">
         <v>25</v>
       </c>
       <c r="E45" t="s">
         <v>25</v>
       </c>
       <c r="F45"/>
       <c r="G45"/>
       <c r="H45" t="s">
         <v>458</v>
       </c>
       <c r="I45">
         <v>2014</v>
       </c>
       <c r="J45" t="s">
@@ -9280,51 +9283,51 @@
       <c r="L45"/>
       <c r="M45"/>
       <c r="N45" t="s">
         <v>461</v>
       </c>
       <c r="O45" t="s">
         <v>462</v>
       </c>
       <c r="P45"/>
       <c r="Q45"/>
       <c r="R45"/>
       <c r="S45"/>
       <c r="T45" t="s">
         <v>463</v>
       </c>
       <c r="U45" t="s">
         <v>464</v>
       </c>
       <c r="V45" t="s">
         <v>465</v>
       </c>
       <c r="W45" t="s">
         <v>36</v>
       </c>
       <c r="X45" t="s">
-        <v>1728</v>
+        <v>1729</v>
       </c>
     </row>
     <row r="46" spans="1:55">
       <c r="A46" t="s">
         <v>466</v>
       </c>
       <c r="B46" t="s">
         <v>457</v>
       </c>
       <c r="C46"/>
       <c r="D46" t="s">
         <v>25</v>
       </c>
       <c r="E46" t="s">
         <v>25</v>
       </c>
       <c r="F46"/>
       <c r="G46">
         <v>24985465</v>
       </c>
       <c r="H46" t="s">
         <v>467</v>
       </c>
       <c r="I46">
         <v>2014</v>
@@ -9348,51 +9351,51 @@
       <c r="P46">
         <v>2</v>
       </c>
       <c r="Q46">
         <v>24</v>
       </c>
       <c r="R46" t="s">
         <v>473</v>
       </c>
       <c r="S46" t="s">
         <v>474</v>
       </c>
       <c r="T46" t="s">
         <v>475</v>
       </c>
       <c r="U46" t="s">
         <v>464</v>
       </c>
       <c r="V46" t="s">
         <v>465</v>
       </c>
       <c r="W46" t="s">
         <v>36</v>
       </c>
       <c r="X46" t="s">
-        <v>1729</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="47" spans="1:55">
       <c r="A47" t="s">
         <v>476</v>
       </c>
       <c r="B47" t="s">
         <v>457</v>
       </c>
       <c r="C47"/>
       <c r="D47" t="s">
         <v>25</v>
       </c>
       <c r="E47" t="s">
         <v>25</v>
       </c>
       <c r="F47"/>
       <c r="G47"/>
       <c r="H47" t="s">
         <v>477</v>
       </c>
       <c r="I47">
         <v>2014</v>
       </c>
       <c r="J47" t="s">
@@ -9412,51 +9415,51 @@
         <v>482</v>
       </c>
       <c r="P47">
         <v>5</v>
       </c>
       <c r="Q47">
         <v>89</v>
       </c>
       <c r="R47" t="s">
         <v>483</v>
       </c>
       <c r="S47"/>
       <c r="T47" t="s">
         <v>475</v>
       </c>
       <c r="U47" t="s">
         <v>464</v>
       </c>
       <c r="V47" t="s">
         <v>465</v>
       </c>
       <c r="W47" t="s">
         <v>36</v>
       </c>
       <c r="X47" t="s">
-        <v>1730</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="48" spans="1:55">
       <c r="A48" t="s">
         <v>484</v>
       </c>
       <c r="B48" t="s">
         <v>73</v>
       </c>
       <c r="C48"/>
       <c r="D48" t="s">
         <v>25</v>
       </c>
       <c r="E48" t="s">
         <v>25</v>
       </c>
       <c r="F48"/>
       <c r="G48">
         <v>23383621</v>
       </c>
       <c r="H48" t="s">
         <v>485</v>
       </c>
       <c r="I48">
         <v>2013</v>
@@ -9480,51 +9483,51 @@
       <c r="P48">
         <v>4</v>
       </c>
       <c r="Q48">
         <v>207</v>
       </c>
       <c r="R48" t="s">
         <v>491</v>
       </c>
       <c r="S48" t="s">
         <v>492</v>
       </c>
       <c r="T48" t="s">
         <v>493</v>
       </c>
       <c r="U48" t="s">
         <v>494</v>
       </c>
       <c r="V48" t="s">
         <v>231</v>
       </c>
       <c r="W48" t="s">
         <v>36</v>
       </c>
       <c r="X48" t="s">
-        <v>1731</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="49" spans="1:55">
       <c r="A49" t="s">
         <v>495</v>
       </c>
       <c r="B49" t="s">
         <v>163</v>
       </c>
       <c r="C49"/>
       <c r="D49" t="s">
         <v>25</v>
       </c>
       <c r="E49" t="s">
         <v>25</v>
       </c>
       <c r="F49"/>
       <c r="G49">
         <v>24030498</v>
       </c>
       <c r="H49" t="s">
         <v>496</v>
       </c>
       <c r="I49">
         <v>2013</v>
@@ -9548,51 +9551,51 @@
       <c r="P49">
         <v>16</v>
       </c>
       <c r="Q49">
         <v>128</v>
       </c>
       <c r="R49" t="s">
         <v>76</v>
       </c>
       <c r="S49" t="s">
         <v>501</v>
       </c>
       <c r="T49" t="s">
         <v>502</v>
       </c>
       <c r="U49" t="s">
         <v>503</v>
       </c>
       <c r="V49" t="s">
         <v>504</v>
       </c>
       <c r="W49" t="s">
         <v>36</v>
       </c>
       <c r="X49" t="s">
-        <v>1732</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="50" spans="1:55">
       <c r="A50" t="s">
         <v>505</v>
       </c>
       <c r="B50" t="s">
         <v>73</v>
       </c>
       <c r="C50"/>
       <c r="D50" t="s">
         <v>25</v>
       </c>
       <c r="E50" t="s">
         <v>25</v>
       </c>
       <c r="F50"/>
       <c r="G50">
         <v>23341242</v>
       </c>
       <c r="H50" t="s">
         <v>506</v>
       </c>
       <c r="I50">
         <v>2013</v>
@@ -9614,51 +9617,51 @@
         <v>511</v>
       </c>
       <c r="P50">
         <v>5</v>
       </c>
       <c r="Q50">
         <v>31</v>
       </c>
       <c r="R50" t="s">
         <v>508</v>
       </c>
       <c r="S50"/>
       <c r="T50" t="s">
         <v>512</v>
       </c>
       <c r="U50" t="s">
         <v>513</v>
       </c>
       <c r="V50" t="s">
         <v>514</v>
       </c>
       <c r="W50" t="s">
         <v>36</v>
       </c>
       <c r="X50" t="s">
-        <v>1733</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="51" spans="1:55">
       <c r="A51" t="s">
         <v>515</v>
       </c>
       <c r="B51" t="s">
         <v>163</v>
       </c>
       <c r="C51"/>
       <c r="D51" t="s">
         <v>25</v>
       </c>
       <c r="E51" t="s">
         <v>25</v>
       </c>
       <c r="F51"/>
       <c r="G51">
         <v>25173923</v>
       </c>
       <c r="H51" t="s">
         <v>516</v>
       </c>
       <c r="I51">
         <v>2014</v>
@@ -9678,51 +9681,51 @@
       </c>
       <c r="O51" t="s">
         <v>520</v>
       </c>
       <c r="P51"/>
       <c r="Q51"/>
       <c r="R51" t="s">
         <v>200</v>
       </c>
       <c r="S51" t="s">
         <v>521</v>
       </c>
       <c r="T51" t="s">
         <v>522</v>
       </c>
       <c r="U51" t="s">
         <v>523</v>
       </c>
       <c r="V51" t="s">
         <v>524</v>
       </c>
       <c r="W51" t="s">
         <v>36</v>
       </c>
       <c r="X51" t="s">
-        <v>1734</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="52" spans="1:55">
       <c r="A52" t="s">
         <v>525</v>
       </c>
       <c r="B52" t="s">
         <v>163</v>
       </c>
       <c r="C52"/>
       <c r="D52" t="s">
         <v>25</v>
       </c>
       <c r="E52" t="s">
         <v>25</v>
       </c>
       <c r="F52"/>
       <c r="G52">
         <v>24068185</v>
       </c>
       <c r="H52" t="s">
         <v>526</v>
       </c>
       <c r="I52">
         <v>2013</v>
@@ -9746,51 +9749,51 @@
       <c r="P52">
         <v>6</v>
       </c>
       <c r="Q52">
         <v>108</v>
       </c>
       <c r="R52" t="s">
         <v>277</v>
       </c>
       <c r="S52" t="s">
         <v>529</v>
       </c>
       <c r="T52" t="s">
         <v>530</v>
       </c>
       <c r="U52" t="s">
         <v>523</v>
       </c>
       <c r="V52" t="s">
         <v>174</v>
       </c>
       <c r="W52" t="s">
         <v>36</v>
       </c>
       <c r="X52" t="s">
-        <v>1735</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="53" spans="1:55">
       <c r="A53" t="s">
         <v>531</v>
       </c>
       <c r="B53" t="s">
         <v>163</v>
       </c>
       <c r="C53"/>
       <c r="D53" t="s">
         <v>25</v>
       </c>
       <c r="E53" t="s">
         <v>25</v>
       </c>
       <c r="F53"/>
       <c r="G53">
         <v>23732518</v>
       </c>
       <c r="H53" t="s">
         <v>532</v>
       </c>
       <c r="I53">
         <v>2013</v>
@@ -9812,51 +9815,51 @@
         <v>537</v>
       </c>
       <c r="P53"/>
       <c r="Q53">
         <v>63</v>
       </c>
       <c r="R53" t="s">
         <v>538</v>
       </c>
       <c r="S53" t="s">
         <v>539</v>
       </c>
       <c r="T53" t="s">
         <v>540</v>
       </c>
       <c r="U53" t="s">
         <v>523</v>
       </c>
       <c r="V53" t="s">
         <v>174</v>
       </c>
       <c r="W53" t="s">
         <v>36</v>
       </c>
       <c r="X53" t="s">
-        <v>1736</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="54" spans="1:55">
       <c r="A54" t="s">
         <v>541</v>
       </c>
       <c r="B54" t="s">
         <v>457</v>
       </c>
       <c r="C54"/>
       <c r="D54" t="s">
         <v>25</v>
       </c>
       <c r="E54" t="s">
         <v>25</v>
       </c>
       <c r="F54"/>
       <c r="G54"/>
       <c r="H54" t="s">
         <v>542</v>
       </c>
       <c r="I54">
         <v>2014</v>
       </c>
       <c r="J54" t="s">
@@ -9868,51 +9871,51 @@
       <c r="L54"/>
       <c r="M54"/>
       <c r="N54" t="s">
         <v>544</v>
       </c>
       <c r="O54" t="s">
         <v>545</v>
       </c>
       <c r="P54"/>
       <c r="Q54"/>
       <c r="R54"/>
       <c r="S54"/>
       <c r="T54" t="s">
         <v>546</v>
       </c>
       <c r="U54" t="s">
         <v>547</v>
       </c>
       <c r="V54" t="s">
         <v>465</v>
       </c>
       <c r="W54" t="s">
         <v>36</v>
       </c>
       <c r="X54" t="s">
-        <v>1737</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="55" spans="1:55">
       <c r="A55" t="s">
         <v>548</v>
       </c>
       <c r="B55" t="s">
         <v>73</v>
       </c>
       <c r="C55"/>
       <c r="D55" t="s">
         <v>25</v>
       </c>
       <c r="E55" t="s">
         <v>25</v>
       </c>
       <c r="F55"/>
       <c r="G55">
         <v>23842739</v>
       </c>
       <c r="H55" t="s">
         <v>549</v>
       </c>
       <c r="I55">
         <v>2013</v>
@@ -9936,51 +9939,51 @@
       <c r="P55">
         <v>12</v>
       </c>
       <c r="Q55">
         <v>465</v>
       </c>
       <c r="R55" t="s">
         <v>555</v>
       </c>
       <c r="S55" t="s">
         <v>556</v>
       </c>
       <c r="T55" t="s">
         <v>557</v>
       </c>
       <c r="U55" t="s">
         <v>558</v>
       </c>
       <c r="V55" t="s">
         <v>559</v>
       </c>
       <c r="W55" t="s">
         <v>36</v>
       </c>
       <c r="X55" t="s">
-        <v>1738</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="56" spans="1:55">
       <c r="A56" t="s">
         <v>560</v>
       </c>
       <c r="B56" t="s">
         <v>457</v>
       </c>
       <c r="C56"/>
       <c r="D56" t="s">
         <v>25</v>
       </c>
       <c r="E56" t="s">
         <v>25</v>
       </c>
       <c r="F56"/>
       <c r="G56"/>
       <c r="H56" t="s">
         <v>561</v>
       </c>
       <c r="I56">
         <v>2014</v>
       </c>
       <c r="J56" t="s">
@@ -9992,51 +9995,51 @@
       <c r="L56"/>
       <c r="M56"/>
       <c r="N56" t="s">
         <v>563</v>
       </c>
       <c r="O56" t="s">
         <v>564</v>
       </c>
       <c r="P56"/>
       <c r="Q56"/>
       <c r="R56"/>
       <c r="S56"/>
       <c r="T56" t="s">
         <v>565</v>
       </c>
       <c r="U56" t="s">
         <v>566</v>
       </c>
       <c r="V56" t="s">
         <v>465</v>
       </c>
       <c r="W56" t="s">
         <v>36</v>
       </c>
       <c r="X56" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="57" spans="1:55">
       <c r="A57" t="s">
         <v>567</v>
       </c>
       <c r="B57" t="s">
         <v>73</v>
       </c>
       <c r="C57"/>
       <c r="D57" t="s">
         <v>25</v>
       </c>
       <c r="E57" t="s">
         <v>25</v>
       </c>
       <c r="F57"/>
       <c r="G57">
         <v>24550350</v>
       </c>
       <c r="H57" t="s">
         <v>568</v>
       </c>
       <c r="I57">
         <v>2014</v>
@@ -10060,51 +10063,51 @@
       <c r="P57">
         <v>1</v>
       </c>
       <c r="Q57">
         <v>102</v>
       </c>
       <c r="R57" t="s">
         <v>170</v>
       </c>
       <c r="S57" t="s">
         <v>572</v>
       </c>
       <c r="T57" t="s">
         <v>573</v>
       </c>
       <c r="U57" t="s">
         <v>574</v>
       </c>
       <c r="V57" t="s">
         <v>575</v>
       </c>
       <c r="W57" t="s">
         <v>36</v>
       </c>
       <c r="X57" t="s">
-        <v>1740</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="58" spans="1:55">
       <c r="A58" t="s">
         <v>576</v>
       </c>
       <c r="B58" t="s">
         <v>163</v>
       </c>
       <c r="C58"/>
       <c r="D58" t="s">
         <v>25</v>
       </c>
       <c r="E58" t="s">
         <v>25</v>
       </c>
       <c r="F58"/>
       <c r="G58">
         <v>24785406</v>
       </c>
       <c r="H58" t="s">
         <v>577</v>
       </c>
       <c r="I58">
         <v>2014</v>
@@ -10128,51 +10131,51 @@
       <c r="P58">
         <v>4</v>
       </c>
       <c r="Q58">
         <v>32</v>
       </c>
       <c r="R58" t="s">
         <v>583</v>
       </c>
       <c r="S58" t="s">
         <v>584</v>
       </c>
       <c r="T58" t="s">
         <v>585</v>
       </c>
       <c r="U58" t="s">
         <v>183</v>
       </c>
       <c r="V58" t="s">
         <v>586</v>
       </c>
       <c r="W58" t="s">
         <v>36</v>
       </c>
       <c r="X58" t="s">
-        <v>1741</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="59" spans="1:55">
       <c r="A59" t="s">
         <v>587</v>
       </c>
       <c r="B59" t="s">
         <v>163</v>
       </c>
       <c r="C59"/>
       <c r="D59" t="s">
         <v>25</v>
       </c>
       <c r="E59" t="s">
         <v>25</v>
       </c>
       <c r="F59"/>
       <c r="G59">
         <v>23205928</v>
       </c>
       <c r="H59" t="s">
         <v>588</v>
       </c>
       <c r="I59">
         <v>2013</v>
@@ -10196,51 +10199,51 @@
       <c r="P59">
         <v>5</v>
       </c>
       <c r="Q59">
         <v>31</v>
       </c>
       <c r="R59" t="s">
         <v>583</v>
       </c>
       <c r="S59" t="s">
         <v>592</v>
       </c>
       <c r="T59" t="s">
         <v>593</v>
       </c>
       <c r="U59" t="s">
         <v>183</v>
       </c>
       <c r="V59" t="s">
         <v>586</v>
       </c>
       <c r="W59" t="s">
         <v>36</v>
       </c>
       <c r="X59" t="s">
-        <v>1742</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="60" spans="1:55">
       <c r="A60" t="s">
         <v>594</v>
       </c>
       <c r="B60" t="s">
         <v>73</v>
       </c>
       <c r="C60"/>
       <c r="D60" t="s">
         <v>25</v>
       </c>
       <c r="E60" t="s">
         <v>25</v>
       </c>
       <c r="F60"/>
       <c r="G60">
         <v>23606651</v>
       </c>
       <c r="H60" t="s">
         <v>595</v>
       </c>
       <c r="I60">
         <v>2013</v>
@@ -10262,51 +10265,51 @@
         <v>600</v>
       </c>
       <c r="P60">
         <v>8</v>
       </c>
       <c r="Q60">
         <v>18</v>
       </c>
       <c r="R60" t="s">
         <v>601</v>
       </c>
       <c r="S60"/>
       <c r="T60" t="s">
         <v>602</v>
       </c>
       <c r="U60" t="s">
         <v>603</v>
       </c>
       <c r="V60" t="s">
         <v>604</v>
       </c>
       <c r="W60" t="s">
         <v>36</v>
       </c>
       <c r="X60" t="s">
-        <v>1743</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="61" spans="1:55">
       <c r="A61" t="s">
         <v>605</v>
       </c>
       <c r="B61" t="s">
         <v>73</v>
       </c>
       <c r="C61"/>
       <c r="D61" t="s">
         <v>25</v>
       </c>
       <c r="E61" t="s">
         <v>25</v>
       </c>
       <c r="F61"/>
       <c r="G61">
         <v>23584022</v>
       </c>
       <c r="H61" t="s">
         <v>606</v>
       </c>
       <c r="I61">
         <v>2013</v>
@@ -10330,51 +10333,51 @@
       <c r="P61">
         <v>4</v>
       </c>
       <c r="Q61">
         <v>14</v>
       </c>
       <c r="R61" t="s">
         <v>612</v>
       </c>
       <c r="S61" t="s">
         <v>613</v>
       </c>
       <c r="T61" t="s">
         <v>614</v>
       </c>
       <c r="U61" t="s">
         <v>615</v>
       </c>
       <c r="V61" t="s">
         <v>231</v>
       </c>
       <c r="W61" t="s">
         <v>36</v>
       </c>
       <c r="X61" t="s">
-        <v>1744</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="62" spans="1:55">
       <c r="A62" t="s">
         <v>616</v>
       </c>
       <c r="B62" t="s">
         <v>97</v>
       </c>
       <c r="C62"/>
       <c r="D62" t="s">
         <v>25</v>
       </c>
       <c r="E62" t="s">
         <v>25</v>
       </c>
       <c r="F62"/>
       <c r="G62">
         <v>22798560</v>
       </c>
       <c r="H62" t="s">
         <v>617</v>
       </c>
       <c r="I62">
         <v>2013</v>
@@ -10398,51 +10401,51 @@
       <c r="P62">
         <v>33</v>
       </c>
       <c r="Q62">
         <v>34</v>
       </c>
       <c r="R62" t="s">
         <v>623</v>
       </c>
       <c r="S62" t="s">
         <v>624</v>
       </c>
       <c r="T62" t="s">
         <v>625</v>
       </c>
       <c r="U62" t="s">
         <v>626</v>
       </c>
       <c r="V62" t="s">
         <v>106</v>
       </c>
       <c r="W62" t="s">
         <v>36</v>
       </c>
       <c r="X62" t="s">
-        <v>1745</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="63" spans="1:55">
       <c r="A63" t="s">
         <v>627</v>
       </c>
       <c r="B63" t="s">
         <v>85</v>
       </c>
       <c r="C63"/>
       <c r="D63" t="s">
         <v>25</v>
       </c>
       <c r="E63" t="s">
         <v>25</v>
       </c>
       <c r="F63"/>
       <c r="G63">
         <v>25717475</v>
       </c>
       <c r="H63" t="s">
         <v>628</v>
       </c>
       <c r="I63">
         <v>2014</v>
@@ -10456,51 +10459,51 @@
       <c r="L63" t="s">
         <v>631</v>
       </c>
       <c r="M63"/>
       <c r="N63" t="s">
         <v>632</v>
       </c>
       <c r="O63"/>
       <c r="P63"/>
       <c r="Q63"/>
       <c r="R63"/>
       <c r="S63"/>
       <c r="T63" t="s">
         <v>633</v>
       </c>
       <c r="U63" t="s">
         <v>634</v>
       </c>
       <c r="V63" t="s">
         <v>95</v>
       </c>
       <c r="W63" t="s">
         <v>36</v>
       </c>
       <c r="X63" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="64" spans="1:55">
       <c r="A64" t="s">
         <v>635</v>
       </c>
       <c r="B64" t="s">
         <v>73</v>
       </c>
       <c r="C64"/>
       <c r="D64" t="s">
         <v>25</v>
       </c>
       <c r="E64" t="s">
         <v>25</v>
       </c>
       <c r="F64"/>
       <c r="G64">
         <v>25070336</v>
       </c>
       <c r="H64" t="s">
         <v>636</v>
       </c>
       <c r="I64">
         <v>2014</v>
@@ -10520,51 +10523,51 @@
       </c>
       <c r="O64" t="s">
         <v>640</v>
       </c>
       <c r="P64"/>
       <c r="Q64"/>
       <c r="R64" t="s">
         <v>227</v>
       </c>
       <c r="S64" t="s">
         <v>641</v>
       </c>
       <c r="T64" t="s">
         <v>642</v>
       </c>
       <c r="U64" t="s">
         <v>643</v>
       </c>
       <c r="V64" t="s">
         <v>141</v>
       </c>
       <c r="W64" t="s">
         <v>36</v>
       </c>
       <c r="X64" t="s">
-        <v>1747</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="65" spans="1:55">
       <c r="A65" t="s">
         <v>644</v>
       </c>
       <c r="B65" t="s">
         <v>73</v>
       </c>
       <c r="C65"/>
       <c r="D65" t="s">
         <v>25</v>
       </c>
       <c r="E65" t="s">
         <v>25</v>
       </c>
       <c r="F65"/>
       <c r="G65">
         <v>23953977</v>
       </c>
       <c r="H65" t="s">
         <v>645</v>
       </c>
       <c r="I65">
         <v>2014</v>
@@ -10588,51 +10591,51 @@
       <c r="P65">
         <v>1</v>
       </c>
       <c r="Q65">
         <v>24</v>
       </c>
       <c r="R65" t="s">
         <v>651</v>
       </c>
       <c r="S65" t="s">
         <v>652</v>
       </c>
       <c r="T65" t="s">
         <v>653</v>
       </c>
       <c r="U65" t="s">
         <v>643</v>
       </c>
       <c r="V65" t="s">
         <v>141</v>
       </c>
       <c r="W65" t="s">
         <v>36</v>
       </c>
       <c r="X65" t="s">
-        <v>1748</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="66" spans="1:55">
       <c r="A66" t="s">
         <v>654</v>
       </c>
       <c r="B66" t="s">
         <v>163</v>
       </c>
       <c r="C66"/>
       <c r="D66" t="s">
         <v>25</v>
       </c>
       <c r="E66" t="s">
         <v>25</v>
       </c>
       <c r="F66"/>
       <c r="G66">
         <v>23570977</v>
       </c>
       <c r="H66" t="s">
         <v>655</v>
       </c>
       <c r="I66">
         <v>2013</v>
@@ -10654,51 +10657,51 @@
         <v>658</v>
       </c>
       <c r="P66"/>
       <c r="Q66">
         <v>61</v>
       </c>
       <c r="R66" t="s">
         <v>200</v>
       </c>
       <c r="S66" t="s">
         <v>659</v>
       </c>
       <c r="T66" t="s">
         <v>660</v>
       </c>
       <c r="U66" t="s">
         <v>661</v>
       </c>
       <c r="V66" t="s">
         <v>183</v>
       </c>
       <c r="W66" t="s">
         <v>36</v>
       </c>
       <c r="X66" t="s">
-        <v>1749</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="67" spans="1:55">
       <c r="A67" t="s">
         <v>662</v>
       </c>
       <c r="B67" t="s">
         <v>73</v>
       </c>
       <c r="C67"/>
       <c r="D67" t="s">
         <v>25</v>
       </c>
       <c r="E67" t="s">
         <v>25</v>
       </c>
       <c r="F67"/>
       <c r="G67">
         <v>24135075</v>
       </c>
       <c r="H67" t="s">
         <v>663</v>
       </c>
       <c r="I67">
         <v>2014</v>
@@ -10722,51 +10725,51 @@
       <c r="P67">
         <v>1</v>
       </c>
       <c r="Q67">
         <v>348</v>
       </c>
       <c r="R67" t="s">
         <v>441</v>
       </c>
       <c r="S67" t="s">
         <v>667</v>
       </c>
       <c r="T67" t="s">
         <v>668</v>
       </c>
       <c r="U67" t="s">
         <v>669</v>
       </c>
       <c r="V67" t="s">
         <v>670</v>
       </c>
       <c r="W67" t="s">
         <v>36</v>
       </c>
       <c r="X67" t="s">
-        <v>1750</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="68" spans="1:55">
       <c r="A68" t="s">
         <v>671</v>
       </c>
       <c r="B68" t="s">
         <v>73</v>
       </c>
       <c r="C68"/>
       <c r="D68" t="s">
         <v>25</v>
       </c>
       <c r="E68" t="s">
         <v>25</v>
       </c>
       <c r="F68"/>
       <c r="G68">
         <v>24531807</v>
       </c>
       <c r="H68" t="s">
         <v>672</v>
       </c>
       <c r="I68">
         <v>2014</v>
@@ -10790,51 +10793,51 @@
       <c r="P68">
         <v>8</v>
       </c>
       <c r="Q68">
         <v>306</v>
       </c>
       <c r="R68" t="s">
         <v>149</v>
       </c>
       <c r="S68" t="s">
         <v>676</v>
       </c>
       <c r="T68" t="s">
         <v>677</v>
       </c>
       <c r="U68" t="s">
         <v>669</v>
       </c>
       <c r="V68" t="s">
         <v>130</v>
       </c>
       <c r="W68" t="s">
         <v>36</v>
       </c>
       <c r="X68" t="s">
-        <v>1751</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="69" spans="1:55">
       <c r="A69" t="s">
         <v>678</v>
       </c>
       <c r="B69" t="s">
         <v>24</v>
       </c>
       <c r="C69"/>
       <c r="D69" t="s">
         <v>25</v>
       </c>
       <c r="E69" t="s">
         <v>25</v>
       </c>
       <c r="F69"/>
       <c r="G69">
         <v>23047121</v>
       </c>
       <c r="H69" t="s">
         <v>679</v>
       </c>
       <c r="I69">
         <v>2014</v>
@@ -10856,51 +10859,51 @@
         <v>684</v>
       </c>
       <c r="P69">
         <v>4</v>
       </c>
       <c r="Q69">
         <v>1833</v>
       </c>
       <c r="R69" t="s">
         <v>685</v>
       </c>
       <c r="S69"/>
       <c r="T69" t="s">
         <v>686</v>
       </c>
       <c r="U69" t="s">
         <v>687</v>
       </c>
       <c r="V69" t="s">
         <v>71</v>
       </c>
       <c r="W69" t="s">
         <v>36</v>
       </c>
       <c r="X69" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="70" spans="1:55">
       <c r="A70" t="s">
         <v>688</v>
       </c>
       <c r="B70" t="s">
         <v>292</v>
       </c>
       <c r="C70"/>
       <c r="D70" t="s">
         <v>25</v>
       </c>
       <c r="E70" t="s">
         <v>25</v>
       </c>
       <c r="F70"/>
       <c r="G70">
         <v>25350293</v>
       </c>
       <c r="H70" t="s">
         <v>689</v>
       </c>
       <c r="I70">
         <v>2014</v>
@@ -10918,51 +10921,51 @@
       <c r="N70" t="s">
         <v>693</v>
       </c>
       <c r="O70"/>
       <c r="P70">
         <v>92</v>
       </c>
       <c r="Q70"/>
       <c r="R70" t="s">
         <v>694</v>
       </c>
       <c r="S70"/>
       <c r="T70" t="s">
         <v>695</v>
       </c>
       <c r="U70" t="s">
         <v>419</v>
       </c>
       <c r="V70" t="s">
         <v>300</v>
       </c>
       <c r="W70" t="s">
         <v>36</v>
       </c>
       <c r="X70" t="s">
-        <v>1753</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="71" spans="1:55">
       <c r="A71" t="s">
         <v>696</v>
       </c>
       <c r="B71" t="s">
         <v>163</v>
       </c>
       <c r="C71"/>
       <c r="D71" t="s">
         <v>25</v>
       </c>
       <c r="E71" t="s">
         <v>25</v>
       </c>
       <c r="F71"/>
       <c r="G71">
         <v>25073061</v>
       </c>
       <c r="H71" t="s">
         <v>697</v>
       </c>
       <c r="I71">
         <v>2014</v>
@@ -10982,51 +10985,51 @@
       </c>
       <c r="O71" t="s">
         <v>701</v>
       </c>
       <c r="P71"/>
       <c r="Q71">
         <v>75</v>
       </c>
       <c r="R71" t="s">
         <v>200</v>
       </c>
       <c r="S71"/>
       <c r="T71" t="s">
         <v>702</v>
       </c>
       <c r="U71" t="s">
         <v>419</v>
       </c>
       <c r="V71" t="s">
         <v>174</v>
       </c>
       <c r="W71" t="s">
         <v>36</v>
       </c>
       <c r="X71" t="s">
-        <v>1754</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="72" spans="1:55">
       <c r="A72" t="s">
         <v>703</v>
       </c>
       <c r="B72" t="s">
         <v>163</v>
       </c>
       <c r="C72"/>
       <c r="D72" t="s">
         <v>25</v>
       </c>
       <c r="E72" t="s">
         <v>25</v>
       </c>
       <c r="F72"/>
       <c r="G72">
         <v>22900788</v>
       </c>
       <c r="H72" t="s">
         <v>704</v>
       </c>
       <c r="I72">
         <v>2013</v>
@@ -11050,51 +11053,51 @@
       <c r="P72">
         <v>9</v>
       </c>
       <c r="Q72">
         <v>18</v>
       </c>
       <c r="R72" t="s">
         <v>710</v>
       </c>
       <c r="S72" t="s">
         <v>711</v>
       </c>
       <c r="T72" t="s">
         <v>712</v>
       </c>
       <c r="U72" t="s">
         <v>419</v>
       </c>
       <c r="V72" t="s">
         <v>174</v>
       </c>
       <c r="W72" t="s">
         <v>36</v>
       </c>
       <c r="X72" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="73" spans="1:55">
       <c r="A73" t="s">
         <v>713</v>
       </c>
       <c r="B73" t="s">
         <v>271</v>
       </c>
       <c r="C73"/>
       <c r="D73" t="s">
         <v>25</v>
       </c>
       <c r="E73" t="s">
         <v>25</v>
       </c>
       <c r="F73"/>
       <c r="G73">
         <v>23395736</v>
       </c>
       <c r="H73" t="s">
         <v>714</v>
       </c>
       <c r="I73">
         <v>2013</v>
@@ -11116,51 +11119,51 @@
         <v>719</v>
       </c>
       <c r="P73">
         <v>6</v>
       </c>
       <c r="Q73">
         <v>10</v>
       </c>
       <c r="R73" t="s">
         <v>716</v>
       </c>
       <c r="S73"/>
       <c r="T73" t="s">
         <v>720</v>
       </c>
       <c r="U73" t="s">
         <v>419</v>
       </c>
       <c r="V73" t="s">
         <v>174</v>
       </c>
       <c r="W73" t="s">
         <v>36</v>
       </c>
       <c r="X73" t="s">
-        <v>1756</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="74" spans="1:55">
       <c r="A74" t="s">
         <v>721</v>
       </c>
       <c r="B74" t="s">
         <v>292</v>
       </c>
       <c r="C74"/>
       <c r="D74" t="s">
         <v>25</v>
       </c>
       <c r="E74" t="s">
         <v>25</v>
       </c>
       <c r="F74"/>
       <c r="G74">
         <v>22723297</v>
       </c>
       <c r="H74" t="s">
         <v>722</v>
       </c>
       <c r="I74">
         <v>2012</v>
@@ -11184,51 +11187,51 @@
       <c r="P74">
         <v>4</v>
       </c>
       <c r="Q74">
         <v>111</v>
       </c>
       <c r="R74" t="s">
         <v>239</v>
       </c>
       <c r="S74" t="s">
         <v>726</v>
       </c>
       <c r="T74" t="s">
         <v>727</v>
       </c>
       <c r="U74" t="s">
         <v>419</v>
       </c>
       <c r="V74" t="s">
         <v>300</v>
       </c>
       <c r="W74" t="s">
         <v>728</v>
       </c>
       <c r="X74" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="75" spans="1:55">
       <c r="A75" t="s">
         <v>729</v>
       </c>
       <c r="B75" t="s">
         <v>163</v>
       </c>
       <c r="C75"/>
       <c r="D75" t="s">
         <v>25</v>
       </c>
       <c r="E75" t="s">
         <v>25</v>
       </c>
       <c r="F75"/>
       <c r="G75">
         <v>25015964</v>
       </c>
       <c r="H75" t="s">
         <v>730</v>
       </c>
       <c r="I75">
         <v>2014</v>
@@ -11252,51 +11255,51 @@
       <c r="P75">
         <v>5</v>
       </c>
       <c r="Q75">
         <v>307</v>
       </c>
       <c r="R75" t="s">
         <v>149</v>
       </c>
       <c r="S75" t="s">
         <v>734</v>
       </c>
       <c r="T75" t="s">
         <v>735</v>
       </c>
       <c r="U75" t="s">
         <v>736</v>
       </c>
       <c r="V75" t="s">
         <v>737</v>
       </c>
       <c r="W75" t="s">
         <v>36</v>
       </c>
       <c r="X75" t="s">
-        <v>1758</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="76" spans="1:55">
       <c r="A76" t="s">
         <v>738</v>
       </c>
       <c r="B76" t="s">
         <v>73</v>
       </c>
       <c r="C76"/>
       <c r="D76" t="s">
         <v>25</v>
       </c>
       <c r="E76" t="s">
         <v>25</v>
       </c>
       <c r="F76"/>
       <c r="G76">
         <v>24345421</v>
       </c>
       <c r="H76" t="s">
         <v>739</v>
       </c>
       <c r="I76">
         <v>2014</v>
@@ -11318,51 +11321,51 @@
         <v>742</v>
       </c>
       <c r="P76"/>
       <c r="Q76">
         <v>67</v>
       </c>
       <c r="R76" t="s">
         <v>200</v>
       </c>
       <c r="S76" t="s">
         <v>743</v>
       </c>
       <c r="T76" t="s">
         <v>744</v>
       </c>
       <c r="U76" t="s">
         <v>745</v>
       </c>
       <c r="V76" t="s">
         <v>746</v>
       </c>
       <c r="W76" t="s">
         <v>36</v>
       </c>
       <c r="X76" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="77" spans="1:55">
       <c r="A77" t="s">
         <v>747</v>
       </c>
       <c r="B77" t="s">
         <v>73</v>
       </c>
       <c r="C77"/>
       <c r="D77" t="s">
         <v>25</v>
       </c>
       <c r="E77" t="s">
         <v>25</v>
       </c>
       <c r="F77"/>
       <c r="G77">
         <v>24030022</v>
       </c>
       <c r="H77" t="s">
         <v>748</v>
       </c>
       <c r="I77">
         <v>2013</v>
@@ -11386,51 +11389,51 @@
       <c r="P77">
         <v>7</v>
       </c>
       <c r="Q77">
         <v>113</v>
       </c>
       <c r="R77" t="s">
         <v>239</v>
       </c>
       <c r="S77" t="s">
         <v>752</v>
       </c>
       <c r="T77" t="s">
         <v>753</v>
       </c>
       <c r="U77" t="s">
         <v>754</v>
       </c>
       <c r="V77" t="s">
         <v>755</v>
       </c>
       <c r="W77" t="s">
         <v>36</v>
       </c>
       <c r="X77" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="78" spans="1:55">
       <c r="A78" t="s">
         <v>756</v>
       </c>
       <c r="B78" t="s">
         <v>73</v>
       </c>
       <c r="C78"/>
       <c r="D78" t="s">
         <v>25</v>
       </c>
       <c r="E78" t="s">
         <v>25</v>
       </c>
       <c r="F78"/>
       <c r="G78">
         <v>24806289</v>
       </c>
       <c r="H78" t="s">
         <v>757</v>
       </c>
       <c r="I78">
         <v>2014</v>
@@ -11454,51 +11457,51 @@
       <c r="P78">
         <v>9</v>
       </c>
       <c r="Q78">
         <v>32</v>
       </c>
       <c r="R78" t="s">
         <v>508</v>
       </c>
       <c r="S78" t="s">
         <v>761</v>
       </c>
       <c r="T78" t="s">
         <v>762</v>
       </c>
       <c r="U78" t="s">
         <v>763</v>
       </c>
       <c r="V78" t="s">
         <v>514</v>
       </c>
       <c r="W78" t="s">
         <v>36</v>
       </c>
       <c r="X78" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="79" spans="1:55">
       <c r="A79" t="s">
         <v>764</v>
       </c>
       <c r="B79" t="s">
         <v>85</v>
       </c>
       <c r="C79"/>
       <c r="D79" t="s">
         <v>25</v>
       </c>
       <c r="E79" t="s">
         <v>25</v>
       </c>
       <c r="F79"/>
       <c r="G79">
         <v>23097091</v>
       </c>
       <c r="H79" t="s">
         <v>765</v>
       </c>
       <c r="I79">
         <v>2013</v>
@@ -11522,51 +11525,51 @@
       <c r="P79">
         <v>2</v>
       </c>
       <c r="Q79">
         <v>229</v>
       </c>
       <c r="R79" t="s">
         <v>771</v>
       </c>
       <c r="S79" t="s">
         <v>772</v>
       </c>
       <c r="T79" t="s">
         <v>773</v>
       </c>
       <c r="U79" t="s">
         <v>95</v>
       </c>
       <c r="V79" t="s">
         <v>95</v>
       </c>
       <c r="W79" t="s">
         <v>36</v>
       </c>
       <c r="X79" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="80" spans="1:55">
       <c r="A80" t="s">
         <v>774</v>
       </c>
       <c r="B80" t="s">
         <v>85</v>
       </c>
       <c r="C80"/>
       <c r="D80" t="s">
         <v>25</v>
       </c>
       <c r="E80" t="s">
         <v>25</v>
       </c>
       <c r="F80"/>
       <c r="G80">
         <v>25111226</v>
       </c>
       <c r="H80" t="s">
         <v>775</v>
       </c>
       <c r="I80">
         <v>2014</v>
@@ -11588,51 +11591,51 @@
         <v>780</v>
       </c>
       <c r="P80">
         <v>10</v>
       </c>
       <c r="Q80">
         <v>184</v>
       </c>
       <c r="R80" t="s">
         <v>781</v>
       </c>
       <c r="S80"/>
       <c r="T80" t="s">
         <v>782</v>
       </c>
       <c r="U80" t="s">
         <v>95</v>
       </c>
       <c r="V80" t="s">
         <v>783</v>
       </c>
       <c r="W80" t="s">
         <v>36</v>
       </c>
       <c r="X80" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="81" spans="1:55">
       <c r="A81" t="s">
         <v>784</v>
       </c>
       <c r="B81" t="s">
         <v>73</v>
       </c>
       <c r="C81"/>
       <c r="D81" t="s">
         <v>25</v>
       </c>
       <c r="E81" t="s">
         <v>25</v>
       </c>
       <c r="F81"/>
       <c r="G81">
         <v>24229468</v>
       </c>
       <c r="H81" t="s">
         <v>785</v>
       </c>
       <c r="I81">
         <v>2013</v>
@@ -11654,51 +11657,51 @@
         <v>137</v>
       </c>
       <c r="P81">
         <v>6</v>
       </c>
       <c r="Q81">
         <v>4</v>
       </c>
       <c r="R81" t="s">
         <v>790</v>
       </c>
       <c r="S81"/>
       <c r="T81" t="s">
         <v>791</v>
       </c>
       <c r="U81" t="s">
         <v>141</v>
       </c>
       <c r="V81" t="s">
         <v>141</v>
       </c>
       <c r="W81" t="s">
         <v>36</v>
       </c>
       <c r="X81" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="82" spans="1:55">
       <c r="A82" t="s">
         <v>792</v>
       </c>
       <c r="B82" t="s">
         <v>793</v>
       </c>
       <c r="C82"/>
       <c r="D82" t="s">
         <v>25</v>
       </c>
       <c r="E82" t="s">
         <v>25</v>
       </c>
       <c r="F82"/>
       <c r="G82">
         <v>25713289</v>
       </c>
       <c r="H82" t="s">
         <v>794</v>
       </c>
       <c r="I82">
         <v>2015</v>
@@ -11718,51 +11721,51 @@
       </c>
       <c r="O82"/>
       <c r="P82">
         <v>2</v>
       </c>
       <c r="Q82">
         <v>4</v>
       </c>
       <c r="R82" t="s">
         <v>799</v>
       </c>
       <c r="S82"/>
       <c r="T82" t="s">
         <v>800</v>
       </c>
       <c r="U82" t="s">
         <v>801</v>
       </c>
       <c r="V82" t="s">
         <v>802</v>
       </c>
       <c r="W82" t="s">
         <v>36</v>
       </c>
       <c r="X82" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="83" spans="1:55">
       <c r="A83" t="s">
         <v>803</v>
       </c>
       <c r="B83" t="s">
         <v>73</v>
       </c>
       <c r="C83"/>
       <c r="D83" t="s">
         <v>25</v>
       </c>
       <c r="E83" t="s">
         <v>25</v>
       </c>
       <c r="F83"/>
       <c r="G83">
         <v>25688144</v>
       </c>
       <c r="H83" t="s">
         <v>804</v>
       </c>
       <c r="I83">
         <v>2015</v>
@@ -11786,51 +11789,51 @@
         <v>809</v>
       </c>
       <c r="P83">
         <v>8</v>
       </c>
       <c r="Q83">
         <v>116</v>
       </c>
       <c r="R83" t="s">
         <v>239</v>
       </c>
       <c r="S83"/>
       <c r="T83" t="s">
         <v>810</v>
       </c>
       <c r="U83" t="s">
         <v>811</v>
       </c>
       <c r="V83" t="s">
         <v>812</v>
       </c>
       <c r="W83" t="s">
         <v>36</v>
       </c>
       <c r="X83" t="s">
-        <v>1766</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="84" spans="1:55">
       <c r="A84" t="s">
         <v>813</v>
       </c>
       <c r="B84" t="s">
         <v>457</v>
       </c>
       <c r="C84"/>
       <c r="D84" t="s">
         <v>25</v>
       </c>
       <c r="E84" t="s">
         <v>25</v>
       </c>
       <c r="F84"/>
       <c r="G84"/>
       <c r="H84" t="s">
         <v>814</v>
       </c>
       <c r="I84">
         <v>2015</v>
       </c>
       <c r="J84" t="s">
@@ -11846,51 +11849,51 @@
       <c r="N84"/>
       <c r="O84" t="s">
         <v>818</v>
       </c>
       <c r="P84">
         <v>3</v>
       </c>
       <c r="Q84">
         <v>17</v>
       </c>
       <c r="R84"/>
       <c r="S84"/>
       <c r="T84" t="s">
         <v>819</v>
       </c>
       <c r="U84" t="s">
         <v>820</v>
       </c>
       <c r="V84" t="s">
         <v>821</v>
       </c>
       <c r="W84" t="s">
         <v>36</v>
       </c>
       <c r="X84" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="85" spans="1:55">
       <c r="A85" t="s">
         <v>822</v>
       </c>
       <c r="B85" t="s">
         <v>73</v>
       </c>
       <c r="C85"/>
       <c r="D85" t="s">
         <v>25</v>
       </c>
       <c r="E85" t="s">
         <v>25</v>
       </c>
       <c r="F85"/>
       <c r="G85">
         <v>26078285</v>
       </c>
       <c r="H85" t="s">
         <v>823</v>
       </c>
       <c r="I85">
         <v>2015</v>
@@ -11908,51 +11911,51 @@
         <v>807</v>
       </c>
       <c r="N85" t="s">
         <v>825</v>
       </c>
       <c r="O85"/>
       <c r="P85"/>
       <c r="Q85"/>
       <c r="R85" t="s">
         <v>239</v>
       </c>
       <c r="S85"/>
       <c r="T85" t="s">
         <v>826</v>
       </c>
       <c r="U85" t="s">
         <v>827</v>
       </c>
       <c r="V85" t="s">
         <v>828</v>
       </c>
       <c r="W85" t="s">
         <v>36</v>
       </c>
       <c r="X85" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="86" spans="1:55">
       <c r="A86" t="s">
         <v>829</v>
       </c>
       <c r="B86" t="s">
         <v>457</v>
       </c>
       <c r="C86"/>
       <c r="D86" t="s">
         <v>25</v>
       </c>
       <c r="E86" t="s">
         <v>25</v>
       </c>
       <c r="F86"/>
       <c r="G86">
         <v>26026320</v>
       </c>
       <c r="H86" t="s">
         <v>830</v>
       </c>
       <c r="I86">
         <v>2015</v>
@@ -11976,51 +11979,51 @@
         <v>834</v>
       </c>
       <c r="P86">
         <v>5</v>
       </c>
       <c r="Q86">
         <v>25</v>
       </c>
       <c r="R86" t="s">
         <v>473</v>
       </c>
       <c r="S86"/>
       <c r="T86" t="s">
         <v>835</v>
       </c>
       <c r="U86" t="s">
         <v>836</v>
       </c>
       <c r="V86" t="s">
         <v>837</v>
       </c>
       <c r="W86" t="s">
         <v>36</v>
       </c>
       <c r="X86" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="87" spans="1:55">
       <c r="A87" t="s">
         <v>838</v>
       </c>
       <c r="B87" t="s">
         <v>73</v>
       </c>
       <c r="C87"/>
       <c r="D87" t="s">
         <v>25</v>
       </c>
       <c r="E87" t="s">
         <v>25</v>
       </c>
       <c r="F87"/>
       <c r="G87">
         <v>25985155</v>
       </c>
       <c r="H87" t="s">
         <v>839</v>
       </c>
       <c r="I87">
         <v>2015</v>
@@ -12042,51 +12045,51 @@
       </c>
       <c r="O87" t="s">
         <v>845</v>
       </c>
       <c r="P87"/>
       <c r="Q87">
         <v>60</v>
       </c>
       <c r="R87" t="s">
         <v>841</v>
       </c>
       <c r="S87"/>
       <c r="T87" t="s">
         <v>846</v>
       </c>
       <c r="U87" t="s">
         <v>847</v>
       </c>
       <c r="V87" t="s">
         <v>828</v>
       </c>
       <c r="W87" t="s">
         <v>36</v>
       </c>
       <c r="X87" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="88" spans="1:55">
       <c r="A88" t="s">
         <v>848</v>
       </c>
       <c r="B88" t="s">
         <v>73</v>
       </c>
       <c r="C88"/>
       <c r="D88" t="s">
         <v>25</v>
       </c>
       <c r="E88" t="s">
         <v>25</v>
       </c>
       <c r="F88"/>
       <c r="G88"/>
       <c r="H88" t="s">
         <v>849</v>
       </c>
       <c r="I88">
         <v>2015</v>
       </c>
       <c r="J88" t="s">
@@ -12104,51 +12107,51 @@
       </c>
       <c r="O88" t="s">
         <v>854</v>
       </c>
       <c r="P88"/>
       <c r="Q88">
         <v>8</v>
       </c>
       <c r="R88" t="s">
         <v>851</v>
       </c>
       <c r="S88"/>
       <c r="T88" t="s">
         <v>855</v>
       </c>
       <c r="U88" t="s">
         <v>856</v>
       </c>
       <c r="V88" t="s">
         <v>857</v>
       </c>
       <c r="W88" t="s">
         <v>36</v>
       </c>
       <c r="X88" t="s">
-        <v>1771</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="89" spans="1:55">
       <c r="A89" t="s">
         <v>858</v>
       </c>
       <c r="B89" t="s">
         <v>457</v>
       </c>
       <c r="C89"/>
       <c r="D89" t="s">
         <v>25</v>
       </c>
       <c r="E89" t="s">
         <v>25</v>
       </c>
       <c r="F89"/>
       <c r="G89">
         <v>26204914</v>
       </c>
       <c r="H89" t="s">
         <v>859</v>
       </c>
       <c r="I89">
         <v>2015</v>
@@ -12166,51 +12169,51 @@
         <v>863</v>
       </c>
       <c r="N89" t="s">
         <v>864</v>
       </c>
       <c r="O89"/>
       <c r="P89"/>
       <c r="Q89"/>
       <c r="R89" t="s">
         <v>865</v>
       </c>
       <c r="S89"/>
       <c r="T89" t="s">
         <v>866</v>
       </c>
       <c r="U89" t="s">
         <v>867</v>
       </c>
       <c r="V89" t="s">
         <v>868</v>
       </c>
       <c r="W89" t="s">
         <v>36</v>
       </c>
       <c r="X89" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="90" spans="1:55">
       <c r="A90" t="s">
         <v>869</v>
       </c>
       <c r="B90" t="s">
         <v>24</v>
       </c>
       <c r="C90"/>
       <c r="D90" t="s">
         <v>25</v>
       </c>
       <c r="E90" t="s">
         <v>25</v>
       </c>
       <c r="F90"/>
       <c r="G90">
         <v>26315439</v>
       </c>
       <c r="H90" t="s">
         <v>870</v>
       </c>
       <c r="I90">
         <v>2015</v>
@@ -12234,51 +12237,51 @@
         <v>876</v>
       </c>
       <c r="P90">
         <v>6251</v>
       </c>
       <c r="Q90">
         <v>349</v>
       </c>
       <c r="R90" t="s">
         <v>877</v>
       </c>
       <c r="S90"/>
       <c r="T90" t="s">
         <v>878</v>
       </c>
       <c r="U90" t="s">
         <v>879</v>
       </c>
       <c r="V90" t="s">
         <v>880</v>
       </c>
       <c r="W90" t="s">
         <v>36</v>
       </c>
       <c r="X90" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="91" spans="1:55">
       <c r="A91" t="s">
         <v>881</v>
       </c>
       <c r="B91" t="s">
         <v>73</v>
       </c>
       <c r="C91"/>
       <c r="D91" t="s">
         <v>25</v>
       </c>
       <c r="E91" t="s">
         <v>25</v>
       </c>
       <c r="F91"/>
       <c r="G91">
         <v>26078285</v>
       </c>
       <c r="H91" t="s">
         <v>823</v>
       </c>
       <c r="I91">
         <v>2015</v>
@@ -12302,51 +12305,51 @@
         <v>883</v>
       </c>
       <c r="P91">
         <v>5</v>
       </c>
       <c r="Q91">
         <v>117</v>
       </c>
       <c r="R91" t="s">
         <v>239</v>
       </c>
       <c r="S91"/>
       <c r="T91" t="s">
         <v>884</v>
       </c>
       <c r="U91" t="s">
         <v>827</v>
       </c>
       <c r="V91" t="s">
         <v>828</v>
       </c>
       <c r="W91" t="s">
         <v>36</v>
       </c>
       <c r="X91" t="s">
-        <v>1773</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="92" spans="1:55">
       <c r="A92" t="s">
         <v>885</v>
       </c>
       <c r="B92" t="s">
         <v>243</v>
       </c>
       <c r="C92"/>
       <c r="D92" t="s">
         <v>25</v>
       </c>
       <c r="E92" t="s">
         <v>25</v>
       </c>
       <c r="F92"/>
       <c r="G92"/>
       <c r="H92" t="s">
         <v>886</v>
       </c>
       <c r="I92">
         <v>2015</v>
       </c>
       <c r="J92" t="s">
@@ -12366,51 +12369,51 @@
         <v>891</v>
       </c>
       <c r="P92">
         <v>1</v>
       </c>
       <c r="Q92">
         <v>11</v>
       </c>
       <c r="R92" t="s">
         <v>892</v>
       </c>
       <c r="S92"/>
       <c r="T92" t="s">
         <v>893</v>
       </c>
       <c r="U92" t="s">
         <v>894</v>
       </c>
       <c r="V92" t="s">
         <v>895</v>
       </c>
       <c r="W92" t="s">
         <v>36</v>
       </c>
       <c r="X92" t="s">
-        <v>1774</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="93" spans="1:55">
       <c r="A93" t="s">
         <v>896</v>
       </c>
       <c r="B93" t="s">
         <v>73</v>
       </c>
       <c r="C93"/>
       <c r="D93" t="s">
         <v>25</v>
       </c>
       <c r="E93" t="s">
         <v>25</v>
       </c>
       <c r="F93"/>
       <c r="G93">
         <v>26362920</v>
       </c>
       <c r="H93" t="s">
         <v>897</v>
       </c>
       <c r="I93">
         <v>2015</v>
@@ -12428,51 +12431,51 @@
         <v>901</v>
       </c>
       <c r="N93" t="s">
         <v>902</v>
       </c>
       <c r="O93"/>
       <c r="P93"/>
       <c r="Q93"/>
       <c r="R93" t="s">
         <v>903</v>
       </c>
       <c r="S93"/>
       <c r="T93" t="s">
         <v>904</v>
       </c>
       <c r="U93" t="s">
         <v>905</v>
       </c>
       <c r="V93" t="s">
         <v>828</v>
       </c>
       <c r="W93" t="s">
         <v>36</v>
       </c>
       <c r="X93" t="s">
-        <v>1775</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="94" spans="1:55">
       <c r="A94" t="s">
         <v>906</v>
       </c>
       <c r="B94" t="s">
         <v>73</v>
       </c>
       <c r="C94"/>
       <c r="D94" t="s">
         <v>25</v>
       </c>
       <c r="E94" t="s">
         <v>25</v>
       </c>
       <c r="F94"/>
       <c r="G94">
         <v>26291556</v>
       </c>
       <c r="H94" t="s">
         <v>907</v>
       </c>
       <c r="I94">
         <v>2015</v>
@@ -12490,51 +12493,51 @@
         <v>807</v>
       </c>
       <c r="N94" t="s">
         <v>909</v>
       </c>
       <c r="O94"/>
       <c r="P94"/>
       <c r="Q94"/>
       <c r="R94" t="s">
         <v>239</v>
       </c>
       <c r="S94"/>
       <c r="T94" t="s">
         <v>910</v>
       </c>
       <c r="U94" t="s">
         <v>911</v>
       </c>
       <c r="V94" t="s">
         <v>912</v>
       </c>
       <c r="W94" t="s">
         <v>36</v>
       </c>
       <c r="X94" t="s">
-        <v>1776</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="95" spans="1:55">
       <c r="A95" t="s">
         <v>913</v>
       </c>
       <c r="B95" t="s">
         <v>73</v>
       </c>
       <c r="C95"/>
       <c r="D95" t="s">
         <v>25</v>
       </c>
       <c r="E95" t="s">
         <v>25</v>
       </c>
       <c r="F95"/>
       <c r="G95">
         <v>26403541</v>
       </c>
       <c r="H95" t="s">
         <v>914</v>
       </c>
       <c r="I95">
         <v>2015</v>
@@ -12554,51 +12557,51 @@
       </c>
       <c r="O95">
         <v>8391</v>
       </c>
       <c r="P95"/>
       <c r="Q95">
         <v>6</v>
       </c>
       <c r="R95" t="s">
         <v>919</v>
       </c>
       <c r="S95"/>
       <c r="T95" t="s">
         <v>920</v>
       </c>
       <c r="U95" t="s">
         <v>921</v>
       </c>
       <c r="V95" t="s">
         <v>922</v>
       </c>
       <c r="W95" t="s">
         <v>36</v>
       </c>
       <c r="X95" t="s">
-        <v>1777</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="96" spans="1:55">
       <c r="A96" t="s">
         <v>923</v>
       </c>
       <c r="B96" t="s">
         <v>457</v>
       </c>
       <c r="C96"/>
       <c r="D96" t="s">
         <v>25</v>
       </c>
       <c r="E96" t="s">
         <v>25</v>
       </c>
       <c r="F96"/>
       <c r="G96"/>
       <c r="H96" t="s">
         <v>924</v>
       </c>
       <c r="I96">
         <v>2015</v>
       </c>
       <c r="J96" t="s">
@@ -12618,51 +12621,51 @@
       </c>
       <c r="O96"/>
       <c r="P96">
         <v>4</v>
       </c>
       <c r="Q96">
         <v>92</v>
       </c>
       <c r="R96" t="s">
         <v>483</v>
       </c>
       <c r="S96"/>
       <c r="T96" t="s">
         <v>929</v>
       </c>
       <c r="U96" t="s">
         <v>930</v>
       </c>
       <c r="V96" t="s">
         <v>837</v>
       </c>
       <c r="W96" t="s">
         <v>36</v>
       </c>
       <c r="X96" t="s">
-        <v>1778</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="97" spans="1:55">
       <c r="A97" t="s">
         <v>931</v>
       </c>
       <c r="B97" t="s">
         <v>163</v>
       </c>
       <c r="C97"/>
       <c r="D97" t="s">
         <v>25</v>
       </c>
       <c r="E97" t="s">
         <v>25</v>
       </c>
       <c r="F97"/>
       <c r="G97">
         <v>26493982</v>
       </c>
       <c r="H97" t="s">
         <v>932</v>
       </c>
       <c r="I97">
         <v>2015</v>
@@ -12680,51 +12683,51 @@
         <v>936</v>
       </c>
       <c r="N97" t="s">
         <v>937</v>
       </c>
       <c r="O97"/>
       <c r="P97"/>
       <c r="Q97"/>
       <c r="R97" t="s">
         <v>938</v>
       </c>
       <c r="S97"/>
       <c r="T97" t="s">
         <v>939</v>
       </c>
       <c r="U97" t="s">
         <v>940</v>
       </c>
       <c r="V97" t="s">
         <v>941</v>
       </c>
       <c r="W97" t="s">
         <v>36</v>
       </c>
       <c r="X97" t="s">
-        <v>1779</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="98" spans="1:55">
       <c r="A98" t="s">
         <v>942</v>
       </c>
       <c r="B98" t="s">
         <v>943</v>
       </c>
       <c r="C98"/>
       <c r="D98" t="s">
         <v>25</v>
       </c>
       <c r="E98" t="s">
         <v>25</v>
       </c>
       <c r="F98"/>
       <c r="G98">
         <v>26513457</v>
       </c>
       <c r="H98" t="s">
         <v>944</v>
       </c>
       <c r="I98">
         <v>2015</v>
@@ -12742,51 +12745,51 @@
         <v>948</v>
       </c>
       <c r="N98" t="s">
         <v>949</v>
       </c>
       <c r="O98"/>
       <c r="P98"/>
       <c r="Q98"/>
       <c r="R98" t="s">
         <v>950</v>
       </c>
       <c r="S98"/>
       <c r="T98" t="s">
         <v>951</v>
       </c>
       <c r="U98" t="s">
         <v>952</v>
       </c>
       <c r="V98" t="s">
         <v>953</v>
       </c>
       <c r="W98" t="s">
         <v>36</v>
       </c>
       <c r="X98" t="s">
-        <v>1780</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="99" spans="1:55">
       <c r="A99" t="s">
         <v>954</v>
       </c>
       <c r="B99" t="s">
         <v>292</v>
       </c>
       <c r="C99"/>
       <c r="D99" t="s">
         <v>25</v>
       </c>
       <c r="E99" t="s">
         <v>25</v>
       </c>
       <c r="F99"/>
       <c r="G99">
         <v>26545234</v>
       </c>
       <c r="H99" t="s">
         <v>955</v>
       </c>
       <c r="I99">
         <v>2015</v>
@@ -12810,51 +12813,51 @@
         <v>961</v>
       </c>
       <c r="P99">
         <v>11</v>
       </c>
       <c r="Q99">
         <v>11</v>
       </c>
       <c r="R99" t="s">
         <v>962</v>
       </c>
       <c r="S99"/>
       <c r="T99" t="s">
         <v>963</v>
       </c>
       <c r="U99" t="s">
         <v>964</v>
       </c>
       <c r="V99" t="s">
         <v>965</v>
       </c>
       <c r="W99" t="s">
         <v>36</v>
       </c>
       <c r="X99" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="100" spans="1:55">
       <c r="A100" t="s">
         <v>966</v>
       </c>
       <c r="B100" t="s">
         <v>73</v>
       </c>
       <c r="C100"/>
       <c r="D100" t="s">
         <v>25</v>
       </c>
       <c r="E100" t="s">
         <v>25</v>
       </c>
       <c r="F100"/>
       <c r="G100"/>
       <c r="H100" t="s">
         <v>967</v>
       </c>
       <c r="I100">
         <v>2016</v>
       </c>
       <c r="J100" t="s">
@@ -12874,51 +12877,51 @@
       </c>
       <c r="O100" t="s">
         <v>970</v>
       </c>
       <c r="P100"/>
       <c r="Q100">
         <v>118</v>
       </c>
       <c r="R100" t="s">
         <v>239</v>
       </c>
       <c r="S100"/>
       <c r="T100" t="s">
         <v>828</v>
       </c>
       <c r="U100" t="s">
         <v>828</v>
       </c>
       <c r="V100" t="s">
         <v>828</v>
       </c>
       <c r="W100" t="s">
         <v>36</v>
       </c>
       <c r="X100" t="s">
-        <v>1782</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="101" spans="1:55">
       <c r="A101" t="s">
         <v>971</v>
       </c>
       <c r="B101" t="s">
         <v>38</v>
       </c>
       <c r="C101"/>
       <c r="D101" t="s">
         <v>25</v>
       </c>
       <c r="E101" t="s">
         <v>25</v>
       </c>
       <c r="F101"/>
       <c r="G101">
         <v>26743085</v>
       </c>
       <c r="H101" t="s">
         <v>972</v>
       </c>
       <c r="I101">
         <v>2016</v>
@@ -12936,51 +12939,51 @@
         <v>975</v>
       </c>
       <c r="N101" t="s">
         <v>976</v>
       </c>
       <c r="O101"/>
       <c r="P101"/>
       <c r="Q101"/>
       <c r="R101" t="s">
         <v>59</v>
       </c>
       <c r="S101"/>
       <c r="T101" t="s">
         <v>977</v>
       </c>
       <c r="U101" t="s">
         <v>978</v>
       </c>
       <c r="V101" t="s">
         <v>979</v>
       </c>
       <c r="W101" t="s">
         <v>36</v>
       </c>
       <c r="X101" t="s">
-        <v>1783</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="102" spans="1:55">
       <c r="A102" t="s">
         <v>980</v>
       </c>
       <c r="B102" t="s">
         <v>108</v>
       </c>
       <c r="C102"/>
       <c r="D102" t="s">
         <v>25</v>
       </c>
       <c r="E102" t="s">
         <v>25</v>
       </c>
       <c r="F102"/>
       <c r="G102">
         <v>26697888</v>
       </c>
       <c r="H102" t="s">
         <v>981</v>
       </c>
       <c r="I102">
         <v>2015</v>
@@ -12998,51 +13001,51 @@
         <v>985</v>
       </c>
       <c r="N102" t="s">
         <v>986</v>
       </c>
       <c r="O102"/>
       <c r="P102"/>
       <c r="Q102"/>
       <c r="R102" t="s">
         <v>987</v>
       </c>
       <c r="S102"/>
       <c r="T102" t="s">
         <v>988</v>
       </c>
       <c r="U102" t="s">
         <v>989</v>
       </c>
       <c r="V102" t="s">
         <v>990</v>
       </c>
       <c r="W102" t="s">
         <v>36</v>
       </c>
       <c r="X102" t="s">
-        <v>1784</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="103" spans="1:55">
       <c r="A103" t="s">
         <v>991</v>
       </c>
       <c r="B103" t="s">
         <v>992</v>
       </c>
       <c r="C103"/>
       <c r="D103" t="s">
         <v>25</v>
       </c>
       <c r="E103" t="s">
         <v>25</v>
       </c>
       <c r="F103"/>
       <c r="G103">
         <v>26694078</v>
       </c>
       <c r="H103" t="s">
         <v>993</v>
       </c>
       <c r="I103">
         <v>2015</v>
@@ -13060,51 +13063,51 @@
         <v>188</v>
       </c>
       <c r="N103" t="s">
         <v>997</v>
       </c>
       <c r="O103"/>
       <c r="P103"/>
       <c r="Q103"/>
       <c r="R103" t="s">
         <v>190</v>
       </c>
       <c r="S103"/>
       <c r="T103" t="s">
         <v>998</v>
       </c>
       <c r="U103" t="s">
         <v>999</v>
       </c>
       <c r="V103" t="s">
         <v>1000</v>
       </c>
       <c r="W103" t="s">
         <v>36</v>
       </c>
       <c r="X103" t="s">
-        <v>1785</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="104" spans="1:55">
       <c r="A104" t="s">
         <v>1001</v>
       </c>
       <c r="B104" t="s">
         <v>271</v>
       </c>
       <c r="C104"/>
       <c r="D104" t="s">
         <v>25</v>
       </c>
       <c r="E104" t="s">
         <v>25</v>
       </c>
       <c r="F104"/>
       <c r="G104">
         <v>25917898</v>
       </c>
       <c r="H104" t="s">
         <v>1002</v>
       </c>
       <c r="I104">
         <v>2015</v>
@@ -13124,51 +13127,51 @@
       </c>
       <c r="O104">
         <v>6965</v>
       </c>
       <c r="P104"/>
       <c r="Q104">
         <v>6</v>
       </c>
       <c r="R104" t="s">
         <v>919</v>
       </c>
       <c r="S104"/>
       <c r="T104" t="s">
         <v>1005</v>
       </c>
       <c r="U104" t="s">
         <v>1006</v>
       </c>
       <c r="V104" t="s">
         <v>812</v>
       </c>
       <c r="W104" t="s">
         <v>36</v>
       </c>
       <c r="X104" t="s">
-        <v>1786</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="105" spans="1:55">
       <c r="A105" t="s">
         <v>1007</v>
       </c>
       <c r="B105" t="s">
         <v>163</v>
       </c>
       <c r="C105"/>
       <c r="D105" t="s">
         <v>25</v>
       </c>
       <c r="E105" t="s">
         <v>25</v>
       </c>
       <c r="F105"/>
       <c r="G105">
         <v>25990311</v>
       </c>
       <c r="H105" t="s">
         <v>1008</v>
       </c>
       <c r="I105">
         <v>2015</v>
@@ -13192,51 +13195,51 @@
         <v>1014</v>
       </c>
       <c r="P105">
         <v>1</v>
       </c>
       <c r="Q105">
         <v>107</v>
       </c>
       <c r="R105" t="s">
         <v>170</v>
       </c>
       <c r="S105"/>
       <c r="T105" t="s">
         <v>1015</v>
       </c>
       <c r="U105" t="s">
         <v>940</v>
       </c>
       <c r="V105" t="s">
         <v>941</v>
       </c>
       <c r="W105" t="s">
         <v>36</v>
       </c>
       <c r="X105" t="s">
-        <v>1787</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="106" spans="1:55">
       <c r="A106" t="s">
         <v>1016</v>
       </c>
       <c r="B106" t="s">
         <v>271</v>
       </c>
       <c r="C106"/>
       <c r="D106" t="s">
         <v>25</v>
       </c>
       <c r="E106" t="s">
         <v>25</v>
       </c>
       <c r="F106"/>
       <c r="G106">
         <v>23426181</v>
       </c>
       <c r="H106" t="s">
         <v>1017</v>
       </c>
       <c r="I106">
         <v>2013</v>
@@ -13260,51 +13263,51 @@
         <v>1022</v>
       </c>
       <c r="P106">
         <v>3</v>
       </c>
       <c r="Q106">
         <v>123</v>
       </c>
       <c r="R106" t="s">
         <v>138</v>
       </c>
       <c r="S106"/>
       <c r="T106" t="s">
         <v>1023</v>
       </c>
       <c r="U106" t="s">
         <v>1024</v>
       </c>
       <c r="V106" t="s">
         <v>1025</v>
       </c>
       <c r="W106" t="s">
         <v>36</v>
       </c>
       <c r="X106" t="s">
-        <v>1788</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="107" spans="1:55">
       <c r="A107" t="s">
         <v>1026</v>
       </c>
       <c r="B107" t="s">
         <v>97</v>
       </c>
       <c r="C107"/>
       <c r="D107" t="s">
         <v>25</v>
       </c>
       <c r="E107" t="s">
         <v>25</v>
       </c>
       <c r="F107"/>
       <c r="G107">
         <v>25691870</v>
       </c>
       <c r="H107" t="s">
         <v>1027</v>
       </c>
       <c r="I107">
         <v>2015</v>
@@ -13324,51 +13327,51 @@
       </c>
       <c r="O107">
         <v>7</v>
       </c>
       <c r="P107"/>
       <c r="Q107">
         <v>6</v>
       </c>
       <c r="R107" t="s">
         <v>1032</v>
       </c>
       <c r="S107"/>
       <c r="T107" t="s">
         <v>1033</v>
       </c>
       <c r="U107" t="s">
         <v>1034</v>
       </c>
       <c r="V107" t="s">
         <v>1035</v>
       </c>
       <c r="W107" t="s">
         <v>36</v>
       </c>
       <c r="X107" t="s">
-        <v>1789</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="108" spans="1:55">
       <c r="A108" t="s">
         <v>1036</v>
       </c>
       <c r="B108" t="s">
         <v>943</v>
       </c>
       <c r="C108"/>
       <c r="D108" t="s">
         <v>25</v>
       </c>
       <c r="E108" t="s">
         <v>25</v>
       </c>
       <c r="F108"/>
       <c r="G108">
         <v>25950680</v>
       </c>
       <c r="H108" t="s">
         <v>1037</v>
       </c>
       <c r="I108">
         <v>2015</v>
@@ -13390,51 +13393,51 @@
         <v>1042</v>
       </c>
       <c r="P108">
         <v>5</v>
       </c>
       <c r="Q108">
         <v>10</v>
       </c>
       <c r="R108" t="s">
         <v>1043</v>
       </c>
       <c r="S108"/>
       <c r="T108" t="s">
         <v>1044</v>
       </c>
       <c r="U108" t="s">
         <v>1045</v>
       </c>
       <c r="V108" t="s">
         <v>1046</v>
       </c>
       <c r="W108" t="s">
         <v>36</v>
       </c>
       <c r="X108" t="s">
-        <v>1790</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="109" spans="1:55">
       <c r="A109" t="s">
         <v>1047</v>
       </c>
       <c r="B109" t="s">
         <v>292</v>
       </c>
       <c r="C109"/>
       <c r="D109" t="s">
         <v>25</v>
       </c>
       <c r="E109" t="s">
         <v>25</v>
       </c>
       <c r="F109"/>
       <c r="G109">
         <v>26620800</v>
       </c>
       <c r="H109" t="s">
         <v>1048</v>
       </c>
       <c r="I109">
         <v>2015</v>
@@ -13450,51 +13453,51 @@
       </c>
       <c r="M109"/>
       <c r="N109" t="s">
         <v>1052</v>
       </c>
       <c r="O109"/>
       <c r="P109"/>
       <c r="Q109"/>
       <c r="R109" t="s">
         <v>685</v>
       </c>
       <c r="S109"/>
       <c r="T109" t="s">
         <v>1053</v>
       </c>
       <c r="U109" t="s">
         <v>1054</v>
       </c>
       <c r="V109" t="s">
         <v>1055</v>
       </c>
       <c r="W109" t="s">
         <v>36</v>
       </c>
       <c r="X109" t="s">
-        <v>1791</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="110" spans="1:55">
       <c r="A110" t="s">
         <v>1056</v>
       </c>
       <c r="B110" t="s">
         <v>292</v>
       </c>
       <c r="C110"/>
       <c r="D110" t="s">
         <v>25</v>
       </c>
       <c r="E110" t="s">
         <v>25</v>
       </c>
       <c r="F110"/>
       <c r="G110">
         <v>26321952</v>
       </c>
       <c r="H110" t="s">
         <v>1057</v>
       </c>
       <c r="I110">
         <v>2015</v>
@@ -13514,51 +13517,51 @@
       </c>
       <c r="O110">
         <v>166</v>
       </c>
       <c r="P110"/>
       <c r="Q110">
         <v>6</v>
       </c>
       <c r="R110" t="s">
         <v>415</v>
       </c>
       <c r="S110"/>
       <c r="T110" t="s">
         <v>1061</v>
       </c>
       <c r="U110" t="s">
         <v>1062</v>
       </c>
       <c r="V110" t="s">
         <v>1063</v>
       </c>
       <c r="W110" t="s">
         <v>36</v>
       </c>
       <c r="X110" t="s">
-        <v>1792</v>
+        <v>1793</v>
       </c>
     </row>
     <row r="111" spans="1:55">
       <c r="A111" t="s">
         <v>1064</v>
       </c>
       <c r="B111" t="s">
         <v>292</v>
       </c>
       <c r="C111"/>
       <c r="D111" t="s">
         <v>25</v>
       </c>
       <c r="E111" t="s">
         <v>25</v>
       </c>
       <c r="F111"/>
       <c r="G111">
         <v>26631747</v>
       </c>
       <c r="H111" t="s">
         <v>1065</v>
       </c>
       <c r="I111">
         <v>2015</v>
@@ -13582,51 +13585,51 @@
         <v>1068</v>
       </c>
       <c r="P111">
         <v>50</v>
       </c>
       <c r="Q111">
         <v>112</v>
       </c>
       <c r="R111" t="s">
         <v>865</v>
       </c>
       <c r="S111"/>
       <c r="T111" t="s">
         <v>1069</v>
       </c>
       <c r="U111" t="s">
         <v>1070</v>
       </c>
       <c r="V111" t="s">
         <v>1055</v>
       </c>
       <c r="W111" t="s">
         <v>36</v>
       </c>
       <c r="X111" t="s">
-        <v>1793</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="112" spans="1:55">
       <c r="A112" t="s">
         <v>1071</v>
       </c>
       <c r="B112" t="s">
         <v>85</v>
       </c>
       <c r="C112"/>
       <c r="D112" t="s">
         <v>25</v>
       </c>
       <c r="E112" t="s">
         <v>25</v>
       </c>
       <c r="F112"/>
       <c r="G112">
         <v>26213574</v>
       </c>
       <c r="H112" t="s">
         <v>1072</v>
       </c>
       <c r="I112">
         <v>2015</v>
@@ -13646,51 +13649,51 @@
       </c>
       <c r="O112">
         <v>13</v>
       </c>
       <c r="P112"/>
       <c r="Q112">
         <v>8</v>
       </c>
       <c r="R112" t="s">
         <v>1077</v>
       </c>
       <c r="S112"/>
       <c r="T112" t="s">
         <v>1078</v>
       </c>
       <c r="U112" t="s">
         <v>1079</v>
       </c>
       <c r="V112" t="s">
         <v>1080</v>
       </c>
       <c r="W112" t="s">
         <v>36</v>
       </c>
       <c r="X112" t="s">
-        <v>1794</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="113" spans="1:55">
       <c r="A113" t="s">
         <v>1081</v>
       </c>
       <c r="B113" t="s">
         <v>85</v>
       </c>
       <c r="C113"/>
       <c r="D113" t="s">
         <v>25</v>
       </c>
       <c r="E113" t="s">
         <v>25</v>
       </c>
       <c r="F113"/>
       <c r="G113">
         <v>25955707</v>
       </c>
       <c r="H113" t="s">
         <v>1082</v>
       </c>
       <c r="I113">
         <v>2015</v>
@@ -13714,51 +13717,51 @@
         <v>1088</v>
       </c>
       <c r="P113">
         <v>6</v>
       </c>
       <c r="Q113">
         <v>37</v>
       </c>
       <c r="R113" t="s">
         <v>1089</v>
       </c>
       <c r="S113"/>
       <c r="T113" t="s">
         <v>1090</v>
       </c>
       <c r="U113" t="s">
         <v>1079</v>
       </c>
       <c r="V113" t="s">
         <v>1080</v>
       </c>
       <c r="W113" t="s">
         <v>36</v>
       </c>
       <c r="X113" t="s">
-        <v>1795</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="114" spans="1:55">
       <c r="A114" t="s">
         <v>1091</v>
       </c>
       <c r="B114" t="s">
         <v>85</v>
       </c>
       <c r="C114"/>
       <c r="D114" t="s">
         <v>25</v>
       </c>
       <c r="E114" t="s">
         <v>25</v>
       </c>
       <c r="F114"/>
       <c r="G114">
         <v>24480825</v>
       </c>
       <c r="H114" t="s">
         <v>1092</v>
       </c>
       <c r="I114">
         <v>2014</v>
@@ -13782,51 +13785,51 @@
         <v>1098</v>
       </c>
       <c r="P114">
         <v>5</v>
       </c>
       <c r="Q114">
         <v>25</v>
       </c>
       <c r="R114" t="s">
         <v>1099</v>
       </c>
       <c r="S114"/>
       <c r="T114" t="s">
         <v>1100</v>
       </c>
       <c r="U114" t="s">
         <v>1101</v>
       </c>
       <c r="V114" t="s">
         <v>1102</v>
       </c>
       <c r="W114" t="s">
         <v>36</v>
       </c>
       <c r="X114" t="s">
-        <v>1796</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="115" spans="1:55">
       <c r="A115" t="s">
         <v>1103</v>
       </c>
       <c r="B115" t="s">
         <v>85</v>
       </c>
       <c r="C115"/>
       <c r="D115" t="s">
         <v>25</v>
       </c>
       <c r="E115" t="s">
         <v>25</v>
       </c>
       <c r="F115"/>
       <c r="G115">
         <v>25587097</v>
       </c>
       <c r="H115" t="s">
         <v>1104</v>
       </c>
       <c r="I115">
         <v>2015</v>
@@ -13850,51 +13853,51 @@
         <v>1107</v>
       </c>
       <c r="P115">
         <v>5</v>
       </c>
       <c r="Q115">
         <v>116</v>
       </c>
       <c r="R115" t="s">
         <v>239</v>
       </c>
       <c r="S115"/>
       <c r="T115" t="s">
         <v>1108</v>
       </c>
       <c r="U115" t="s">
         <v>1109</v>
       </c>
       <c r="V115" t="s">
         <v>1080</v>
       </c>
       <c r="W115" t="s">
         <v>36</v>
       </c>
       <c r="X115" t="s">
-        <v>1797</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="116" spans="1:55">
       <c r="A116" t="s">
         <v>1110</v>
       </c>
       <c r="B116" t="s">
         <v>85</v>
       </c>
       <c r="C116"/>
       <c r="D116" t="s">
         <v>25</v>
       </c>
       <c r="E116" t="s">
         <v>25</v>
       </c>
       <c r="F116"/>
       <c r="G116">
         <v>25616414</v>
       </c>
       <c r="H116" t="s">
         <v>1111</v>
       </c>
       <c r="I116">
         <v>2015</v>
@@ -13918,51 +13921,51 @@
         <v>1114</v>
       </c>
       <c r="P116">
         <v>3</v>
       </c>
       <c r="Q116">
         <v>105</v>
       </c>
       <c r="R116" t="s">
         <v>170</v>
       </c>
       <c r="S116"/>
       <c r="T116" t="s">
         <v>1115</v>
       </c>
       <c r="U116" t="s">
         <v>1109</v>
       </c>
       <c r="V116" t="s">
         <v>1080</v>
       </c>
       <c r="W116" t="s">
         <v>36</v>
       </c>
       <c r="X116" t="s">
-        <v>1798</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="117" spans="1:55">
       <c r="A117" t="s">
         <v>1116</v>
       </c>
       <c r="B117" t="s">
         <v>1117</v>
       </c>
       <c r="C117"/>
       <c r="D117" t="s">
         <v>25</v>
       </c>
       <c r="E117" t="s">
         <v>25</v>
       </c>
       <c r="F117"/>
       <c r="G117">
         <v>26635606</v>
       </c>
       <c r="H117" t="s">
         <v>1118</v>
       </c>
       <c r="I117">
         <v>2015</v>
@@ -13982,51 +13985,51 @@
       </c>
       <c r="O117">
         <v>276</v>
       </c>
       <c r="P117"/>
       <c r="Q117">
         <v>6</v>
       </c>
       <c r="R117" t="s">
         <v>415</v>
       </c>
       <c r="S117"/>
       <c r="T117" t="s">
         <v>1121</v>
       </c>
       <c r="U117" t="s">
         <v>1122</v>
       </c>
       <c r="V117" t="s">
         <v>1123</v>
       </c>
       <c r="W117" t="s">
         <v>36</v>
       </c>
       <c r="X117" t="s">
-        <v>1799</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="118" spans="1:55">
       <c r="A118" t="s">
         <v>1124</v>
       </c>
       <c r="B118" t="s">
         <v>1117</v>
       </c>
       <c r="C118"/>
       <c r="D118" t="s">
         <v>25</v>
       </c>
       <c r="E118" t="s">
         <v>25</v>
       </c>
       <c r="F118"/>
       <c r="G118">
         <v>26392029</v>
       </c>
       <c r="H118" t="s">
         <v>1125</v>
       </c>
       <c r="I118">
         <v>2015</v>
@@ -14048,51 +14051,51 @@
       </c>
       <c r="O118" t="s">
         <v>1129</v>
       </c>
       <c r="P118"/>
       <c r="Q118">
         <v>88</v>
       </c>
       <c r="R118" t="s">
         <v>200</v>
       </c>
       <c r="S118"/>
       <c r="T118" t="s">
         <v>1130</v>
       </c>
       <c r="U118" t="s">
         <v>1131</v>
       </c>
       <c r="V118" t="s">
         <v>1123</v>
       </c>
       <c r="W118" t="s">
         <v>36</v>
       </c>
       <c r="X118" t="s">
-        <v>1800</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="119" spans="1:55">
       <c r="A119" t="s">
         <v>1132</v>
       </c>
       <c r="B119" t="s">
         <v>1117</v>
       </c>
       <c r="C119"/>
       <c r="D119" t="s">
         <v>25</v>
       </c>
       <c r="E119" t="s">
         <v>25</v>
       </c>
       <c r="F119"/>
       <c r="G119">
         <v>26448568</v>
       </c>
       <c r="H119" t="s">
         <v>1133</v>
       </c>
       <c r="I119">
         <v>2015</v>
@@ -14114,51 +14117,51 @@
         <v>1136</v>
       </c>
       <c r="P119">
         <v>10</v>
       </c>
       <c r="Q119">
         <v>10</v>
       </c>
       <c r="R119" t="s">
         <v>1043</v>
       </c>
       <c r="S119"/>
       <c r="T119" t="s">
         <v>1137</v>
       </c>
       <c r="U119" t="s">
         <v>1138</v>
       </c>
       <c r="V119" t="s">
         <v>1123</v>
       </c>
       <c r="W119" t="s">
         <v>36</v>
       </c>
       <c r="X119" t="s">
-        <v>1801</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="120" spans="1:55">
       <c r="A120" t="s">
         <v>1139</v>
       </c>
       <c r="B120" t="s">
         <v>1140</v>
       </c>
       <c r="C120"/>
       <c r="D120" t="s">
         <v>25</v>
       </c>
       <c r="E120" t="s">
         <v>25</v>
       </c>
       <c r="F120"/>
       <c r="G120">
         <v>26085516</v>
       </c>
       <c r="H120" t="s">
         <v>1141</v>
       </c>
       <c r="I120">
         <v>2015</v>
@@ -14180,51 +14183,51 @@
         <v>150038</v>
       </c>
       <c r="P120">
         <v>6</v>
       </c>
       <c r="Q120">
         <v>5</v>
       </c>
       <c r="R120" t="s">
         <v>1146</v>
       </c>
       <c r="S120"/>
       <c r="T120" t="s">
         <v>1147</v>
       </c>
       <c r="U120" t="s">
         <v>1148</v>
       </c>
       <c r="V120" t="s">
         <v>1149</v>
       </c>
       <c r="W120" t="s">
         <v>36</v>
       </c>
       <c r="X120" t="s">
-        <v>1802</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="121" spans="1:55">
       <c r="A121" t="s">
         <v>1150</v>
       </c>
       <c r="B121" t="s">
         <v>457</v>
       </c>
       <c r="C121"/>
       <c r="D121" t="s">
         <v>25</v>
       </c>
       <c r="E121" t="s">
         <v>25</v>
       </c>
       <c r="F121"/>
       <c r="G121">
         <v>25548271</v>
       </c>
       <c r="H121" t="s">
         <v>1151</v>
       </c>
       <c r="I121">
         <v>2015</v>
@@ -14246,51 +14249,51 @@
       </c>
       <c r="O121"/>
       <c r="P121">
         <v>2034</v>
       </c>
       <c r="Q121">
         <v>373</v>
       </c>
       <c r="R121" t="s">
         <v>1157</v>
       </c>
       <c r="S121"/>
       <c r="T121" t="s">
         <v>1158</v>
       </c>
       <c r="U121" t="s">
         <v>820</v>
       </c>
       <c r="V121" t="s">
         <v>1159</v>
       </c>
       <c r="W121" t="s">
         <v>36</v>
       </c>
       <c r="X121" t="s">
-        <v>1777</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="122" spans="1:55">
       <c r="A122" t="s">
         <v>1160</v>
       </c>
       <c r="B122" t="s">
         <v>457</v>
       </c>
       <c r="C122"/>
       <c r="D122" t="s">
         <v>25</v>
       </c>
       <c r="E122" t="s">
         <v>25</v>
       </c>
       <c r="F122"/>
       <c r="G122">
         <v>26565317</v>
       </c>
       <c r="H122" t="s">
         <v>924</v>
       </c>
       <c r="I122">
         <v>2015</v>
@@ -14314,51 +14317,51 @@
         <v>1164</v>
       </c>
       <c r="P122">
         <v>4</v>
       </c>
       <c r="Q122">
         <v>92</v>
       </c>
       <c r="R122" t="s">
         <v>1165</v>
       </c>
       <c r="S122"/>
       <c r="T122" t="s">
         <v>1166</v>
       </c>
       <c r="U122" t="s">
         <v>930</v>
       </c>
       <c r="V122" t="s">
         <v>837</v>
       </c>
       <c r="W122" t="s">
         <v>36</v>
       </c>
       <c r="X122" t="s">
-        <v>1803</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="123" spans="1:55">
       <c r="A123" t="s">
         <v>1167</v>
       </c>
       <c r="B123" t="s">
         <v>73</v>
       </c>
       <c r="C123"/>
       <c r="D123" t="s">
         <v>25</v>
       </c>
       <c r="E123" t="s">
         <v>25</v>
       </c>
       <c r="F123"/>
       <c r="G123">
         <v>24006456</v>
       </c>
       <c r="H123" t="s">
         <v>1168</v>
       </c>
       <c r="I123">
         <v>2013</v>
@@ -14382,51 +14385,51 @@
         <v>1171</v>
       </c>
       <c r="P123">
         <v>10</v>
       </c>
       <c r="Q123">
         <v>113</v>
       </c>
       <c r="R123" t="s">
         <v>239</v>
       </c>
       <c r="S123"/>
       <c r="T123" t="s">
         <v>1172</v>
       </c>
       <c r="U123" t="s">
         <v>1173</v>
       </c>
       <c r="V123" t="s">
         <v>1174</v>
       </c>
       <c r="W123" t="s">
         <v>36</v>
       </c>
       <c r="X123" t="s">
-        <v>1804</v>
+        <v>1805</v>
       </c>
     </row>
     <row r="124" spans="1:55">
       <c r="A124" t="s">
         <v>1175</v>
       </c>
       <c r="B124" t="s">
         <v>73</v>
       </c>
       <c r="C124"/>
       <c r="D124" t="s">
         <v>25</v>
       </c>
       <c r="E124" t="s">
         <v>25</v>
       </c>
       <c r="F124"/>
       <c r="G124">
         <v>25095893</v>
       </c>
       <c r="H124" t="s">
         <v>1176</v>
       </c>
       <c r="I124">
         <v>2014</v>
@@ -14450,51 +14453,51 @@
         <v>1182</v>
       </c>
       <c r="P124">
         <v>2</v>
       </c>
       <c r="Q124">
         <v>34</v>
       </c>
       <c r="R124" t="s">
         <v>1183</v>
       </c>
       <c r="S124"/>
       <c r="T124" t="s">
         <v>1184</v>
       </c>
       <c r="U124" t="s">
         <v>1185</v>
       </c>
       <c r="V124" t="s">
         <v>1186</v>
       </c>
       <c r="W124" t="s">
         <v>36</v>
       </c>
       <c r="X124" t="s">
-        <v>1805</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="125" spans="1:55">
       <c r="A125" t="s">
         <v>1187</v>
       </c>
       <c r="B125" t="s">
         <v>73</v>
       </c>
       <c r="C125"/>
       <c r="D125" t="s">
         <v>25</v>
       </c>
       <c r="E125" t="s">
         <v>25</v>
       </c>
       <c r="F125"/>
       <c r="G125">
         <v>25465869</v>
       </c>
       <c r="H125" t="s">
         <v>1188</v>
       </c>
       <c r="I125">
         <v>2014</v>
@@ -14516,51 +14519,51 @@
         <v>1193</v>
       </c>
       <c r="P125">
         <v>6</v>
       </c>
       <c r="Q125">
         <v>3</v>
       </c>
       <c r="R125" t="s">
         <v>1194</v>
       </c>
       <c r="S125"/>
       <c r="T125" t="s">
         <v>1195</v>
       </c>
       <c r="U125" t="s">
         <v>1196</v>
       </c>
       <c r="V125" t="s">
         <v>1197</v>
       </c>
       <c r="W125" t="s">
         <v>36</v>
       </c>
       <c r="X125" t="s">
-        <v>1806</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="126" spans="1:55">
       <c r="A126" t="s">
         <v>1198</v>
       </c>
       <c r="B126" t="s">
         <v>943</v>
       </c>
       <c r="C126"/>
       <c r="D126" t="s">
         <v>25</v>
       </c>
       <c r="E126" t="s">
         <v>25</v>
       </c>
       <c r="F126"/>
       <c r="G126">
         <v>25785453</v>
       </c>
       <c r="H126" t="s">
         <v>1199</v>
       </c>
       <c r="I126">
         <v>2015</v>
@@ -14582,51 +14585,51 @@
         <v>1202</v>
       </c>
       <c r="P126">
         <v>3</v>
       </c>
       <c r="Q126">
         <v>10</v>
       </c>
       <c r="R126" t="s">
         <v>1043</v>
       </c>
       <c r="S126"/>
       <c r="T126" t="s">
         <v>1203</v>
       </c>
       <c r="U126" t="s">
         <v>1204</v>
       </c>
       <c r="V126" t="s">
         <v>1205</v>
       </c>
       <c r="W126" t="s">
         <v>36</v>
       </c>
       <c r="X126" t="s">
-        <v>1807</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="127" spans="1:55">
       <c r="A127" t="s">
         <v>1206</v>
       </c>
       <c r="B127" t="s">
         <v>943</v>
       </c>
       <c r="C127"/>
       <c r="D127" t="s">
         <v>25</v>
       </c>
       <c r="E127" t="s">
         <v>25</v>
       </c>
       <c r="F127"/>
       <c r="G127">
         <v>26664406</v>
       </c>
       <c r="H127" t="s">
         <v>1207</v>
       </c>
       <c r="I127">
         <v>2016</v>
@@ -14648,51 +14651,51 @@
       </c>
       <c r="O127">
         <v>2480298</v>
       </c>
       <c r="P127"/>
       <c r="Q127">
         <v>2016</v>
       </c>
       <c r="R127" t="s">
         <v>1213</v>
       </c>
       <c r="S127"/>
       <c r="T127" t="s">
         <v>1214</v>
       </c>
       <c r="U127" t="s">
         <v>1215</v>
       </c>
       <c r="V127" t="s">
         <v>1205</v>
       </c>
       <c r="W127" t="s">
         <v>36</v>
       </c>
       <c r="X127" t="s">
-        <v>1808</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="128" spans="1:55">
       <c r="A128" t="s">
         <v>1216</v>
       </c>
       <c r="B128" t="s">
         <v>943</v>
       </c>
       <c r="C128"/>
       <c r="D128" t="s">
         <v>25</v>
       </c>
       <c r="E128" t="s">
         <v>25</v>
       </c>
       <c r="F128"/>
       <c r="G128">
         <v>26483398</v>
       </c>
       <c r="H128" t="s">
         <v>1217</v>
       </c>
       <c r="I128">
         <v>2015</v>
@@ -14716,51 +14719,51 @@
         <v>1220</v>
       </c>
       <c r="P128">
         <v>11</v>
       </c>
       <c r="Q128">
         <v>7</v>
       </c>
       <c r="R128" t="s">
         <v>987</v>
       </c>
       <c r="S128"/>
       <c r="T128" t="s">
         <v>1221</v>
       </c>
       <c r="U128" t="s">
         <v>1222</v>
       </c>
       <c r="V128" t="s">
         <v>1046</v>
       </c>
       <c r="W128" t="s">
         <v>36</v>
       </c>
       <c r="X128" t="s">
-        <v>1809</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="129" spans="1:55">
       <c r="A129" t="s">
         <v>1223</v>
       </c>
       <c r="B129" t="s">
         <v>943</v>
       </c>
       <c r="C129"/>
       <c r="D129" t="s">
         <v>25</v>
       </c>
       <c r="E129" t="s">
         <v>25</v>
       </c>
       <c r="F129"/>
       <c r="G129">
         <v>26585323</v>
       </c>
       <c r="H129" t="s">
         <v>1224</v>
       </c>
       <c r="I129">
         <v>2016</v>
@@ -14784,51 +14787,51 @@
         <v>1230</v>
       </c>
       <c r="P129">
         <v>2</v>
       </c>
       <c r="Q129">
         <v>68</v>
       </c>
       <c r="R129" t="s">
         <v>1226</v>
       </c>
       <c r="S129"/>
       <c r="T129" t="s">
         <v>1231</v>
       </c>
       <c r="U129" t="s">
         <v>1222</v>
       </c>
       <c r="V129" t="s">
         <v>1046</v>
       </c>
       <c r="W129" t="s">
         <v>36</v>
       </c>
       <c r="X129" t="s">
-        <v>1810</v>
+        <v>1811</v>
       </c>
     </row>
     <row r="130" spans="1:55">
       <c r="A130" t="s">
         <v>1232</v>
       </c>
       <c r="B130" t="s">
         <v>943</v>
       </c>
       <c r="C130"/>
       <c r="D130" t="s">
         <v>25</v>
       </c>
       <c r="E130" t="s">
         <v>25</v>
       </c>
       <c r="F130"/>
       <c r="G130">
         <v>26605921</v>
       </c>
       <c r="H130" t="s">
         <v>1233</v>
       </c>
       <c r="I130">
         <v>2015</v>
@@ -14850,51 +14853,51 @@
         <v>1236</v>
       </c>
       <c r="P130">
         <v>11</v>
       </c>
       <c r="Q130">
         <v>10</v>
       </c>
       <c r="R130" t="s">
         <v>1043</v>
       </c>
       <c r="S130"/>
       <c r="T130" t="s">
         <v>1237</v>
       </c>
       <c r="U130" t="s">
         <v>1238</v>
       </c>
       <c r="V130" t="s">
         <v>1239</v>
       </c>
       <c r="W130" t="s">
         <v>36</v>
       </c>
       <c r="X130" t="s">
-        <v>1811</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="131" spans="1:55">
       <c r="A131" t="s">
         <v>1240</v>
       </c>
       <c r="B131" t="s">
         <v>943</v>
       </c>
       <c r="C131"/>
       <c r="D131" t="s">
         <v>25</v>
       </c>
       <c r="E131" t="s">
         <v>25</v>
       </c>
       <c r="F131"/>
       <c r="G131">
         <v>25613421</v>
       </c>
       <c r="H131" t="s">
         <v>1241</v>
       </c>
       <c r="I131">
         <v>2015</v>
@@ -14914,51 +14917,51 @@
       </c>
       <c r="O131">
         <v>6008</v>
       </c>
       <c r="P131"/>
       <c r="Q131">
         <v>6</v>
       </c>
       <c r="R131" t="s">
         <v>919</v>
       </c>
       <c r="S131"/>
       <c r="T131" t="s">
         <v>1244</v>
       </c>
       <c r="U131" t="s">
         <v>1109</v>
       </c>
       <c r="V131" t="s">
         <v>1245</v>
       </c>
       <c r="W131" t="s">
         <v>36</v>
       </c>
       <c r="X131" t="s">
-        <v>1812</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="132" spans="1:55">
       <c r="A132" t="s">
         <v>1246</v>
       </c>
       <c r="B132" t="s">
         <v>108</v>
       </c>
       <c r="C132"/>
       <c r="D132" t="s">
         <v>25</v>
       </c>
       <c r="E132" t="s">
         <v>25</v>
       </c>
       <c r="F132"/>
       <c r="G132">
         <v>25959673</v>
       </c>
       <c r="H132" t="s">
         <v>1247</v>
       </c>
       <c r="I132">
         <v>2015</v>
@@ -14982,51 +14985,51 @@
         <v>1253</v>
       </c>
       <c r="P132">
         <v>6</v>
       </c>
       <c r="Q132">
         <v>21</v>
       </c>
       <c r="R132" t="s">
         <v>1254</v>
       </c>
       <c r="S132"/>
       <c r="T132" t="s">
         <v>1255</v>
       </c>
       <c r="U132" t="s">
         <v>1256</v>
       </c>
       <c r="V132" t="s">
         <v>1257</v>
       </c>
       <c r="W132" t="s">
         <v>36</v>
       </c>
       <c r="X132" t="s">
-        <v>1813</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="133" spans="1:55">
       <c r="A133" t="s">
         <v>1258</v>
       </c>
       <c r="B133" t="s">
         <v>38</v>
       </c>
       <c r="C133"/>
       <c r="D133" t="s">
         <v>25</v>
       </c>
       <c r="E133" t="s">
         <v>25</v>
       </c>
       <c r="F133"/>
       <c r="G133">
         <v>26675233</v>
       </c>
       <c r="H133" t="s">
         <v>1259</v>
       </c>
       <c r="I133">
         <v>2015</v>
@@ -15044,51 +15047,51 @@
         <v>975</v>
       </c>
       <c r="N133" t="s">
         <v>1262</v>
       </c>
       <c r="O133"/>
       <c r="P133"/>
       <c r="Q133"/>
       <c r="R133" t="s">
         <v>59</v>
       </c>
       <c r="S133"/>
       <c r="T133" t="s">
         <v>1263</v>
       </c>
       <c r="U133" t="s">
         <v>1264</v>
       </c>
       <c r="V133" t="s">
         <v>1265</v>
       </c>
       <c r="W133" t="s">
         <v>36</v>
       </c>
       <c r="X133" t="s">
-        <v>1790</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="134" spans="1:55">
       <c r="A134" t="s">
         <v>1266</v>
       </c>
       <c r="B134" t="s">
         <v>292</v>
       </c>
       <c r="C134"/>
       <c r="D134" t="s">
         <v>25</v>
       </c>
       <c r="E134" t="s">
         <v>25</v>
       </c>
       <c r="F134"/>
       <c r="G134">
         <v>26620800</v>
       </c>
       <c r="H134" t="s">
         <v>1048</v>
       </c>
       <c r="I134">
         <v>2015</v>
@@ -15104,51 +15107,51 @@
       </c>
       <c r="M134"/>
       <c r="N134" t="s">
         <v>1052</v>
       </c>
       <c r="O134"/>
       <c r="P134"/>
       <c r="Q134"/>
       <c r="R134" t="s">
         <v>685</v>
       </c>
       <c r="S134"/>
       <c r="T134" t="s">
         <v>1053</v>
       </c>
       <c r="U134" t="s">
         <v>1054</v>
       </c>
       <c r="V134" t="s">
         <v>1055</v>
       </c>
       <c r="W134" t="s">
         <v>36</v>
       </c>
       <c r="X134" t="s">
-        <v>1814</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="135" spans="1:55">
       <c r="A135" t="s">
         <v>1267</v>
       </c>
       <c r="B135" t="s">
         <v>457</v>
       </c>
       <c r="C135"/>
       <c r="D135" t="s">
         <v>25</v>
       </c>
       <c r="E135" t="s">
         <v>25</v>
       </c>
       <c r="F135"/>
       <c r="G135"/>
       <c r="H135" t="s">
         <v>1268</v>
       </c>
       <c r="I135">
         <v>2016</v>
       </c>
       <c r="J135" t="s">
@@ -15160,51 +15163,51 @@
       <c r="L135" t="s">
         <v>1271</v>
       </c>
       <c r="M135"/>
       <c r="N135"/>
       <c r="O135"/>
       <c r="P135"/>
       <c r="Q135"/>
       <c r="R135" t="s">
         <v>1272</v>
       </c>
       <c r="S135"/>
       <c r="T135" t="s">
         <v>1273</v>
       </c>
       <c r="U135" t="s">
         <v>1274</v>
       </c>
       <c r="V135" t="s">
         <v>821</v>
       </c>
       <c r="W135" t="s">
         <v>36</v>
       </c>
       <c r="X135" t="s">
-        <v>1815</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="136" spans="1:55">
       <c r="A136" t="s">
         <v>1275</v>
       </c>
       <c r="B136" t="s">
         <v>457</v>
       </c>
       <c r="C136"/>
       <c r="D136" t="s">
         <v>25</v>
       </c>
       <c r="E136" t="s">
         <v>25</v>
       </c>
       <c r="F136"/>
       <c r="G136"/>
       <c r="H136" t="s">
         <v>1276</v>
       </c>
       <c r="I136">
         <v>2013</v>
       </c>
       <c r="J136" t="s">
@@ -15220,51 +15223,51 @@
         <v>1278</v>
       </c>
       <c r="P136">
         <v>10</v>
       </c>
       <c r="Q136">
         <v>18</v>
       </c>
       <c r="R136" t="s">
         <v>1272</v>
       </c>
       <c r="S136"/>
       <c r="T136" t="s">
         <v>1279</v>
       </c>
       <c r="U136" t="s">
         <v>836</v>
       </c>
       <c r="V136" t="s">
         <v>821</v>
       </c>
       <c r="W136" t="s">
         <v>36</v>
       </c>
       <c r="X136" t="s">
-        <v>1816</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="137" spans="1:55">
       <c r="A137" t="s">
         <v>1280</v>
       </c>
       <c r="B137" t="s">
         <v>163</v>
       </c>
       <c r="C137"/>
       <c r="D137" t="s">
         <v>25</v>
       </c>
       <c r="E137" t="s">
         <v>25</v>
       </c>
       <c r="F137"/>
       <c r="G137">
         <v>26816346</v>
       </c>
       <c r="H137" t="s">
         <v>1281</v>
       </c>
       <c r="I137">
         <v>2016</v>
@@ -15282,51 +15285,51 @@
         <v>1285</v>
       </c>
       <c r="N137" t="s">
         <v>1286</v>
       </c>
       <c r="O137"/>
       <c r="P137"/>
       <c r="Q137"/>
       <c r="R137" t="s">
         <v>1287</v>
       </c>
       <c r="S137"/>
       <c r="T137" t="s">
         <v>1288</v>
       </c>
       <c r="U137" t="s">
         <v>940</v>
       </c>
       <c r="V137" t="s">
         <v>941</v>
       </c>
       <c r="W137" t="s">
         <v>36</v>
       </c>
       <c r="X137" t="s">
-        <v>1817</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="138" spans="1:55">
       <c r="A138" t="s">
         <v>1289</v>
       </c>
       <c r="B138" t="s">
         <v>85</v>
       </c>
       <c r="C138"/>
       <c r="D138" t="s">
         <v>25</v>
       </c>
       <c r="E138" t="s">
         <v>25</v>
       </c>
       <c r="F138"/>
       <c r="G138">
         <v>26815200</v>
       </c>
       <c r="H138" t="s">
         <v>1290</v>
       </c>
       <c r="I138">
         <v>2016</v>
@@ -15348,51 +15351,51 @@
         <v>1293</v>
       </c>
       <c r="P138">
         <v>1</v>
       </c>
       <c r="Q138">
         <v>11</v>
       </c>
       <c r="R138" t="s">
         <v>1043</v>
       </c>
       <c r="S138"/>
       <c r="T138" t="s">
         <v>1294</v>
       </c>
       <c r="U138" t="s">
         <v>1295</v>
       </c>
       <c r="V138" t="s">
         <v>1080</v>
       </c>
       <c r="W138" t="s">
         <v>36</v>
       </c>
       <c r="X138" t="s">
-        <v>1818</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="139" spans="1:55">
       <c r="A139" t="s">
         <v>1296</v>
       </c>
       <c r="B139" t="s">
         <v>85</v>
       </c>
       <c r="C139"/>
       <c r="D139" t="s">
         <v>25</v>
       </c>
       <c r="E139" t="s">
         <v>25</v>
       </c>
       <c r="F139"/>
       <c r="G139">
         <v>26774342</v>
       </c>
       <c r="H139" t="s">
         <v>1297</v>
       </c>
       <c r="I139">
         <v>2016</v>
@@ -15410,51 +15413,51 @@
         <v>1301</v>
       </c>
       <c r="N139" t="s">
         <v>1302</v>
       </c>
       <c r="O139"/>
       <c r="P139"/>
       <c r="Q139"/>
       <c r="R139" t="s">
         <v>1303</v>
       </c>
       <c r="S139"/>
       <c r="T139" t="s">
         <v>1304</v>
       </c>
       <c r="U139" t="s">
         <v>1295</v>
       </c>
       <c r="V139" t="s">
         <v>1102</v>
       </c>
       <c r="W139" t="s">
         <v>36</v>
       </c>
       <c r="X139" t="s">
-        <v>1819</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="140" spans="1:55">
       <c r="A140" t="s">
         <v>1305</v>
       </c>
       <c r="B140" t="s">
         <v>85</v>
       </c>
       <c r="C140"/>
       <c r="D140" t="s">
         <v>25</v>
       </c>
       <c r="E140" t="s">
         <v>25</v>
       </c>
       <c r="F140"/>
       <c r="G140">
         <v>26606750</v>
       </c>
       <c r="H140" t="s">
         <v>1306</v>
       </c>
       <c r="I140">
         <v>2015</v>
@@ -15476,51 +15479,51 @@
         <v>1309</v>
       </c>
       <c r="P140">
         <v>11</v>
       </c>
       <c r="Q140">
         <v>10</v>
       </c>
       <c r="R140" t="s">
         <v>1043</v>
       </c>
       <c r="S140"/>
       <c r="T140" t="s">
         <v>1310</v>
       </c>
       <c r="U140" t="s">
         <v>1311</v>
       </c>
       <c r="V140" t="s">
         <v>1312</v>
       </c>
       <c r="W140" t="s">
         <v>36</v>
       </c>
       <c r="X140" t="s">
-        <v>1820</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="141" spans="1:55">
       <c r="A141" t="s">
         <v>1313</v>
       </c>
       <c r="B141" t="s">
         <v>243</v>
       </c>
       <c r="C141"/>
       <c r="D141" t="s">
         <v>25</v>
       </c>
       <c r="E141" t="s">
         <v>25</v>
       </c>
       <c r="F141"/>
       <c r="G141"/>
       <c r="H141" t="s">
         <v>1314</v>
       </c>
       <c r="I141">
         <v>2015</v>
       </c>
       <c r="J141" t="s">
@@ -15532,51 +15535,51 @@
       <c r="L141"/>
       <c r="M141"/>
       <c r="N141" t="s">
         <v>1317</v>
       </c>
       <c r="O141"/>
       <c r="P141"/>
       <c r="Q141"/>
       <c r="R141"/>
       <c r="S141" t="s">
         <v>1318</v>
       </c>
       <c r="T141" t="s">
         <v>1319</v>
       </c>
       <c r="U141" t="s">
         <v>1320</v>
       </c>
       <c r="V141" t="s">
         <v>895</v>
       </c>
       <c r="W141" t="s">
         <v>36</v>
       </c>
       <c r="X141" t="s">
-        <v>1821</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="142" spans="1:55">
       <c r="A142" t="s">
         <v>1321</v>
       </c>
       <c r="B142" t="s">
         <v>243</v>
       </c>
       <c r="C142"/>
       <c r="D142" t="s">
         <v>25</v>
       </c>
       <c r="E142" t="s">
         <v>25</v>
       </c>
       <c r="F142"/>
       <c r="G142"/>
       <c r="H142" t="s">
         <v>1322</v>
       </c>
       <c r="I142">
         <v>2014</v>
       </c>
       <c r="J142" t="s">
@@ -15586,51 +15589,51 @@
         <v>1324</v>
       </c>
       <c r="L142"/>
       <c r="M142"/>
       <c r="N142"/>
       <c r="O142"/>
       <c r="P142"/>
       <c r="Q142"/>
       <c r="R142"/>
       <c r="S142" t="s">
         <v>1318</v>
       </c>
       <c r="T142" t="s">
         <v>1325</v>
       </c>
       <c r="U142" t="s">
         <v>894</v>
       </c>
       <c r="V142" t="s">
         <v>895</v>
       </c>
       <c r="W142" t="s">
         <v>36</v>
       </c>
       <c r="X142" t="s">
-        <v>1822</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="143" spans="1:55">
       <c r="A143" t="s">
         <v>1326</v>
       </c>
       <c r="B143" t="s">
         <v>243</v>
       </c>
       <c r="C143"/>
       <c r="D143" t="s">
         <v>25</v>
       </c>
       <c r="E143" t="s">
         <v>25</v>
       </c>
       <c r="F143"/>
       <c r="G143"/>
       <c r="H143" t="s">
         <v>1327</v>
       </c>
       <c r="I143">
         <v>2014</v>
       </c>
       <c r="J143" t="s">
@@ -15640,51 +15643,51 @@
         <v>1324</v>
       </c>
       <c r="L143"/>
       <c r="M143"/>
       <c r="N143"/>
       <c r="O143"/>
       <c r="P143"/>
       <c r="Q143"/>
       <c r="R143"/>
       <c r="S143" t="s">
         <v>1318</v>
       </c>
       <c r="T143" t="s">
         <v>1329</v>
       </c>
       <c r="U143" t="s">
         <v>1330</v>
       </c>
       <c r="V143" t="s">
         <v>895</v>
       </c>
       <c r="W143" t="s">
         <v>36</v>
       </c>
       <c r="X143" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="144" spans="1:55">
       <c r="A144" t="s">
         <v>1331</v>
       </c>
       <c r="B144" t="s">
         <v>243</v>
       </c>
       <c r="C144"/>
       <c r="D144" t="s">
         <v>25</v>
       </c>
       <c r="E144" t="s">
         <v>25</v>
       </c>
       <c r="F144"/>
       <c r="G144"/>
       <c r="H144" t="s">
         <v>1332</v>
       </c>
       <c r="I144">
         <v>2013</v>
       </c>
       <c r="J144" t="s">
@@ -15694,51 +15697,51 @@
         <v>1334</v>
       </c>
       <c r="L144"/>
       <c r="M144"/>
       <c r="N144"/>
       <c r="O144"/>
       <c r="P144"/>
       <c r="Q144"/>
       <c r="R144"/>
       <c r="S144" t="s">
         <v>1318</v>
       </c>
       <c r="T144" t="s">
         <v>1329</v>
       </c>
       <c r="U144" t="s">
         <v>1330</v>
       </c>
       <c r="V144" t="s">
         <v>895</v>
       </c>
       <c r="W144" t="s">
         <v>1335</v>
       </c>
       <c r="X144" t="s">
-        <v>1824</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="145" spans="1:55">
       <c r="A145" t="s">
         <v>1336</v>
       </c>
       <c r="B145" t="s">
         <v>243</v>
       </c>
       <c r="C145"/>
       <c r="D145" t="s">
         <v>25</v>
       </c>
       <c r="E145" t="s">
         <v>25</v>
       </c>
       <c r="F145"/>
       <c r="G145"/>
       <c r="H145" t="s">
         <v>1337</v>
       </c>
       <c r="I145">
         <v>2014</v>
       </c>
       <c r="J145" t="s">
@@ -15748,51 +15751,51 @@
         <v>1324</v>
       </c>
       <c r="L145"/>
       <c r="M145"/>
       <c r="N145"/>
       <c r="O145"/>
       <c r="P145"/>
       <c r="Q145"/>
       <c r="R145"/>
       <c r="S145" t="s">
         <v>1318</v>
       </c>
       <c r="T145" t="s">
         <v>1339</v>
       </c>
       <c r="U145" t="s">
         <v>1340</v>
       </c>
       <c r="V145" t="s">
         <v>895</v>
       </c>
       <c r="W145" t="s">
         <v>36</v>
       </c>
       <c r="X145" t="s">
-        <v>1825</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="146" spans="1:55">
       <c r="A146" t="s">
         <v>1341</v>
       </c>
       <c r="B146" t="s">
         <v>457</v>
       </c>
       <c r="C146"/>
       <c r="D146" t="s">
         <v>25</v>
       </c>
       <c r="E146" t="s">
         <v>25</v>
       </c>
       <c r="F146"/>
       <c r="G146"/>
       <c r="H146" t="s">
         <v>1342</v>
       </c>
       <c r="I146">
         <v>2015</v>
       </c>
       <c r="J146" t="s">
@@ -15802,51 +15805,51 @@
         <v>1344</v>
       </c>
       <c r="L146"/>
       <c r="M146"/>
       <c r="N146"/>
       <c r="O146"/>
       <c r="P146"/>
       <c r="Q146"/>
       <c r="R146"/>
       <c r="S146" t="s">
         <v>1344</v>
       </c>
       <c r="T146" t="s">
         <v>1345</v>
       </c>
       <c r="U146" t="s">
         <v>820</v>
       </c>
       <c r="V146" t="s">
         <v>821</v>
       </c>
       <c r="W146" t="s">
         <v>36</v>
       </c>
       <c r="X146" t="s">
-        <v>1826</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="147" spans="1:55">
       <c r="A147" t="s">
         <v>1346</v>
       </c>
       <c r="B147" t="s">
         <v>163</v>
       </c>
       <c r="C147"/>
       <c r="D147" t="s">
         <v>25</v>
       </c>
       <c r="E147" t="s">
         <v>25</v>
       </c>
       <c r="F147"/>
       <c r="G147">
         <v>27056421</v>
       </c>
       <c r="H147" t="s">
         <v>1347</v>
       </c>
       <c r="I147">
         <v>2016</v>
@@ -15864,51 +15867,51 @@
         <v>518</v>
       </c>
       <c r="N147" t="s">
         <v>1349</v>
       </c>
       <c r="O147"/>
       <c r="P147"/>
       <c r="Q147"/>
       <c r="R147" t="s">
         <v>200</v>
       </c>
       <c r="S147"/>
       <c r="T147" t="s">
         <v>1350</v>
       </c>
       <c r="U147" t="s">
         <v>1351</v>
       </c>
       <c r="V147" t="s">
         <v>941</v>
       </c>
       <c r="W147" t="s">
         <v>36</v>
       </c>
       <c r="X147" t="s">
-        <v>1827</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="148" spans="1:55">
       <c r="A148" t="s">
         <v>1352</v>
       </c>
       <c r="B148" t="s">
         <v>163</v>
       </c>
       <c r="C148"/>
       <c r="D148" t="s">
         <v>25</v>
       </c>
       <c r="E148" t="s">
         <v>25</v>
       </c>
       <c r="F148"/>
       <c r="G148">
         <v>27130298</v>
       </c>
       <c r="H148" t="s">
         <v>1353</v>
       </c>
       <c r="I148">
         <v>2016</v>
@@ -15926,51 +15929,51 @@
         <v>1357</v>
       </c>
       <c r="N148" t="s">
         <v>1358</v>
       </c>
       <c r="O148"/>
       <c r="P148"/>
       <c r="Q148"/>
       <c r="R148" t="s">
         <v>1359</v>
       </c>
       <c r="S148"/>
       <c r="T148" t="s">
         <v>1360</v>
       </c>
       <c r="U148" t="s">
         <v>1361</v>
       </c>
       <c r="V148" t="s">
         <v>941</v>
       </c>
       <c r="W148" t="s">
         <v>36</v>
       </c>
       <c r="X148" t="s">
-        <v>1828</v>
+        <v>1829</v>
       </c>
     </row>
     <row r="149" spans="1:55">
       <c r="A149" t="s">
         <v>1362</v>
       </c>
       <c r="B149" t="s">
         <v>1363</v>
       </c>
       <c r="C149"/>
       <c r="D149" t="s">
         <v>25</v>
       </c>
       <c r="E149" t="s">
         <v>25</v>
       </c>
       <c r="F149"/>
       <c r="G149">
         <v>27385071</v>
       </c>
       <c r="H149" t="s">
         <v>1364</v>
       </c>
       <c r="I149">
         <v>2016</v>
@@ -15988,51 +15991,51 @@
         <v>1368</v>
       </c>
       <c r="N149" t="s">
         <v>1369</v>
       </c>
       <c r="O149"/>
       <c r="P149"/>
       <c r="Q149"/>
       <c r="R149" t="s">
         <v>1370</v>
       </c>
       <c r="S149"/>
       <c r="T149" t="s">
         <v>1371</v>
       </c>
       <c r="U149" t="s">
         <v>1372</v>
       </c>
       <c r="V149" t="s">
         <v>1373</v>
       </c>
       <c r="W149" t="s">
         <v>36</v>
       </c>
       <c r="X149" t="s">
-        <v>1829</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="150" spans="1:55">
       <c r="A150" t="s">
         <v>1374</v>
       </c>
       <c r="B150" t="s">
         <v>943</v>
       </c>
       <c r="C150"/>
       <c r="D150" t="s">
         <v>25</v>
       </c>
       <c r="E150" t="s">
         <v>25</v>
       </c>
       <c r="F150"/>
       <c r="G150">
         <v>27385131</v>
       </c>
       <c r="H150" t="s">
         <v>1375</v>
       </c>
       <c r="I150">
         <v>2016</v>
@@ -16052,51 +16055,51 @@
       </c>
       <c r="O150">
         <v>29122</v>
       </c>
       <c r="P150"/>
       <c r="Q150">
         <v>6</v>
       </c>
       <c r="R150" t="s">
         <v>1380</v>
       </c>
       <c r="S150"/>
       <c r="T150" t="s">
         <v>1381</v>
       </c>
       <c r="U150" t="s">
         <v>1204</v>
       </c>
       <c r="V150" t="s">
         <v>1205</v>
       </c>
       <c r="W150" t="s">
         <v>36</v>
       </c>
       <c r="X150" t="s">
-        <v>1830</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="151" spans="1:55">
       <c r="A151" t="s">
         <v>1382</v>
       </c>
       <c r="B151" t="s">
         <v>1383</v>
       </c>
       <c r="C151"/>
       <c r="D151" t="s">
         <v>1384</v>
       </c>
       <c r="E151" t="s">
         <v>25</v>
       </c>
       <c r="F151"/>
       <c r="G151"/>
       <c r="H151"/>
       <c r="I151">
         <v>2016</v>
       </c>
       <c r="J151" t="s">
         <v>1385</v>
       </c>
@@ -16108,51 +16111,51 @@
       <c r="N151" t="s">
         <v>1387</v>
       </c>
       <c r="O151"/>
       <c r="P151">
         <v>13</v>
       </c>
       <c r="Q151">
         <v>6</v>
       </c>
       <c r="R151"/>
       <c r="S151"/>
       <c r="T151" t="s">
         <v>1388</v>
       </c>
       <c r="U151" t="s">
         <v>1389</v>
       </c>
       <c r="V151" t="s">
         <v>1390</v>
       </c>
       <c r="W151" t="s">
         <v>36</v>
       </c>
       <c r="X151" t="s">
-        <v>1831</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="152" spans="1:55">
       <c r="A152" t="s">
         <v>1391</v>
       </c>
       <c r="B152" t="s">
         <v>1392</v>
       </c>
       <c r="C152"/>
       <c r="D152" t="s">
         <v>51</v>
       </c>
       <c r="E152" t="s">
         <v>1393</v>
       </c>
       <c r="F152"/>
       <c r="G152">
         <v>25352915</v>
       </c>
       <c r="H152" t="s">
         <v>1394</v>
       </c>
       <c r="I152">
         <v>2014</v>
@@ -16174,54 +16177,54 @@
         <v>74</v>
       </c>
       <c r="P152">
         <v>10</v>
       </c>
       <c r="Q152">
         <v>6</v>
       </c>
       <c r="R152" t="s">
         <v>1399</v>
       </c>
       <c r="S152"/>
       <c r="T152" t="s">
         <v>1400</v>
       </c>
       <c r="U152" t="s">
         <v>1401</v>
       </c>
       <c r="V152" t="s">
         <v>1402</v>
       </c>
       <c r="W152" t="s">
         <v>1403</v>
       </c>
       <c r="X152" t="s">
-        <v>1832</v>
+        <v>1833</v>
       </c>
       <c r="Y152" t="s">
-        <v>1833</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="153" spans="1:55">
       <c r="A153" t="s">
         <v>1404</v>
       </c>
       <c r="B153" t="s">
         <v>243</v>
       </c>
       <c r="C153"/>
       <c r="D153" t="s">
         <v>25</v>
       </c>
       <c r="E153" t="s">
         <v>52</v>
       </c>
       <c r="F153"/>
       <c r="G153">
         <v>10203040</v>
       </c>
       <c r="H153"/>
       <c r="I153">
         <v>1999</v>
       </c>
       <c r="J153" t="s">
@@ -16243,51 +16246,51 @@
         <v>1410</v>
       </c>
       <c r="P153" t="s">
         <v>1411</v>
       </c>
       <c r="Q153">
         <v>66</v>
       </c>
       <c r="R153" t="s">
         <v>1412</v>
       </c>
       <c r="S153"/>
       <c r="T153" t="s">
         <v>1413</v>
       </c>
       <c r="U153" t="s">
         <v>1414</v>
       </c>
       <c r="V153" t="s">
         <v>1415</v>
       </c>
       <c r="W153" t="s">
         <v>1416</v>
       </c>
       <c r="X153" t="s">
-        <v>1834</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="154" spans="1:55">
       <c r="A154" t="s">
         <v>1417</v>
       </c>
       <c r="B154" t="s">
         <v>1392</v>
       </c>
       <c r="C154"/>
       <c r="D154" t="s">
         <v>25</v>
       </c>
       <c r="E154" t="s">
         <v>52</v>
       </c>
       <c r="F154">
         <v>0</v>
       </c>
       <c r="G154">
         <v>29394407</v>
       </c>
       <c r="H154" t="s">
         <v>1418</v>
       </c>
@@ -16313,51 +16316,51 @@
         <v>1424</v>
       </c>
       <c r="P154">
         <v>6</v>
       </c>
       <c r="Q154">
         <v>46</v>
       </c>
       <c r="R154" t="s">
         <v>1425</v>
       </c>
       <c r="S154"/>
       <c r="T154" t="s">
         <v>1426</v>
       </c>
       <c r="U154" t="s">
         <v>1427</v>
       </c>
       <c r="V154" t="s">
         <v>1428</v>
       </c>
       <c r="W154" t="s">
         <v>1429</v>
       </c>
       <c r="X154" t="s">
-        <v>1835</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="155" spans="1:55">
       <c r="A155" t="s">
         <v>1430</v>
       </c>
       <c r="B155" t="s">
         <v>243</v>
       </c>
       <c r="C155"/>
       <c r="D155" t="s">
         <v>25</v>
       </c>
       <c r="E155" t="s">
         <v>52</v>
       </c>
       <c r="F155"/>
       <c r="G155">
         <v>18160704</v>
       </c>
       <c r="H155" t="s">
         <v>1431</v>
       </c>
       <c r="I155">
         <v>2008</v>
@@ -16381,51 +16384,51 @@
         <v>1437</v>
       </c>
       <c r="P155">
         <v>5</v>
       </c>
       <c r="Q155">
         <v>28</v>
       </c>
       <c r="R155" t="s">
         <v>1438</v>
       </c>
       <c r="S155"/>
       <c r="T155" t="s">
         <v>1439</v>
       </c>
       <c r="U155" t="s">
         <v>1440</v>
       </c>
       <c r="V155" t="s">
         <v>1441</v>
       </c>
       <c r="W155" t="s">
         <v>1442</v>
       </c>
       <c r="X155" t="s">
-        <v>1836</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="156" spans="1:55">
       <c r="A156" t="s">
         <v>1443</v>
       </c>
       <c r="B156" t="s">
         <v>243</v>
       </c>
       <c r="C156"/>
       <c r="D156" t="s">
         <v>51</v>
       </c>
       <c r="E156" t="s">
         <v>52</v>
       </c>
       <c r="F156"/>
       <c r="G156">
         <v>19062282</v>
       </c>
       <c r="H156" t="s">
         <v>1444</v>
       </c>
       <c r="I156">
         <v>2008</v>
@@ -16447,521 +16450,523 @@
         <v>1449</v>
       </c>
       <c r="P156">
         <v>23</v>
       </c>
       <c r="Q156">
         <v>18</v>
       </c>
       <c r="R156" t="s">
         <v>1450</v>
       </c>
       <c r="S156"/>
       <c r="T156" t="s">
         <v>1451</v>
       </c>
       <c r="U156" t="s">
         <v>1452</v>
       </c>
       <c r="V156" t="s">
         <v>1453</v>
       </c>
       <c r="W156" t="s">
         <v>1454</v>
       </c>
       <c r="X156" t="s">
-        <v>1837</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="157" spans="1:55">
       <c r="A157" t="s">
         <v>1455</v>
       </c>
       <c r="B157" t="s">
-        <v>1392</v>
+        <v>1456</v>
       </c>
       <c r="C157"/>
       <c r="D157" t="s">
         <v>51</v>
       </c>
       <c r="E157" t="s">
         <v>52</v>
       </c>
-      <c r="F157"/>
+      <c r="F157">
+        <v>2</v>
+      </c>
       <c r="G157">
         <v>28824647</v>
       </c>
       <c r="H157" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="I157">
         <v>2017</v>
       </c>
       <c r="J157" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="K157" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="L157" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="M157"/>
       <c r="N157" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="O157"/>
       <c r="P157" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="Q157">
         <v>8</v>
       </c>
       <c r="R157" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="S157"/>
       <c r="T157" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="U157" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="V157" t="s">
         <v>1046</v>
       </c>
       <c r="W157" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="X157" t="s">
-        <v>1838</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="158" spans="1:55">
       <c r="A158" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="B158" t="s">
         <v>73</v>
       </c>
       <c r="C158"/>
       <c r="D158" t="s">
         <v>51</v>
       </c>
       <c r="E158" t="s">
         <v>52</v>
       </c>
       <c r="F158">
         <v>0</v>
       </c>
       <c r="G158"/>
       <c r="H158" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="I158">
         <v>2018</v>
       </c>
       <c r="J158" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="K158" t="s">
         <v>166</v>
       </c>
       <c r="L158" t="s">
         <v>1011</v>
       </c>
       <c r="M158"/>
       <c r="N158" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="O158" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="P158">
         <v>8</v>
       </c>
       <c r="Q158">
         <v>114</v>
       </c>
       <c r="R158"/>
       <c r="S158"/>
       <c r="T158" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="U158" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="V158" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="W158" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="X158" t="s">
-        <v>1839</v>
+        <v>1840</v>
       </c>
     </row>
     <row r="159" spans="1:55">
       <c r="A159" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="B159" t="s">
         <v>73</v>
       </c>
       <c r="C159"/>
       <c r="D159" t="s">
         <v>51</v>
       </c>
       <c r="E159" t="s">
         <v>52</v>
       </c>
       <c r="F159"/>
       <c r="G159">
         <v>29664738</v>
       </c>
       <c r="H159" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="I159">
         <v>2018</v>
       </c>
       <c r="J159" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="K159" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="L159" t="s">
         <v>135</v>
       </c>
       <c r="M159"/>
       <c r="N159" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="O159" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="P159">
         <v>7</v>
       </c>
       <c r="Q159">
         <v>128</v>
       </c>
       <c r="R159" t="s">
         <v>138</v>
       </c>
       <c r="S159"/>
       <c r="T159" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="U159" t="s">
         <v>1101</v>
       </c>
       <c r="V159" t="s">
         <v>1102</v>
       </c>
       <c r="W159" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="X159" t="s">
-        <v>1840</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="160" spans="1:55">
       <c r="A160" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="B160" t="s">
         <v>73</v>
       </c>
       <c r="C160"/>
       <c r="D160" t="s">
         <v>51</v>
       </c>
       <c r="E160" t="s">
         <v>52</v>
       </c>
       <c r="F160"/>
       <c r="G160">
         <v>28507234</v>
       </c>
       <c r="H160" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="I160">
         <v>2017</v>
       </c>
       <c r="J160" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
       <c r="K160" t="s">
         <v>1157</v>
       </c>
       <c r="L160" t="s">
         <v>1154</v>
       </c>
       <c r="M160"/>
       <c r="N160" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="O160">
         <v>20160289</v>
       </c>
       <c r="P160">
         <v>2096</v>
       </c>
       <c r="Q160">
         <v>375</v>
       </c>
       <c r="R160" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="S160"/>
       <c r="T160" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="U160" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="V160" t="s">
         <v>821</v>
       </c>
       <c r="W160" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="X160" t="s">
-        <v>1841</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="161" spans="1:55">
       <c r="A161" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="B161" t="s">
         <v>73</v>
       </c>
       <c r="C161"/>
       <c r="D161" t="s">
         <v>25</v>
       </c>
       <c r="E161" t="s">
         <v>52</v>
       </c>
       <c r="F161"/>
       <c r="G161">
         <v>28167635</v>
       </c>
       <c r="H161" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
       <c r="I161">
         <v>2017</v>
       </c>
       <c r="J161" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="K161" t="s">
         <v>76</v>
       </c>
       <c r="L161" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="M161" t="s">
         <v>77</v>
       </c>
       <c r="N161" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="O161" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="P161">
         <v>19</v>
       </c>
       <c r="Q161">
         <v>135</v>
       </c>
       <c r="R161" t="s">
         <v>76</v>
       </c>
       <c r="S161"/>
       <c r="T161" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="U161" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="V161" t="s">
         <v>828</v>
       </c>
       <c r="W161" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="X161" t="s">
-        <v>1842</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="162" spans="1:55">
       <c r="A162" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="B162" t="s">
         <v>243</v>
       </c>
       <c r="C162"/>
       <c r="D162" t="s">
         <v>51</v>
       </c>
       <c r="E162" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="F162"/>
       <c r="G162">
         <v>281676351</v>
       </c>
       <c r="H162" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="I162">
         <v>2017</v>
       </c>
       <c r="J162" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="K162" t="s">
         <v>76</v>
       </c>
       <c r="L162" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="M162"/>
       <c r="N162" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="O162" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="P162">
         <v>19</v>
       </c>
       <c r="Q162">
         <v>135</v>
       </c>
       <c r="R162" t="s">
         <v>76</v>
       </c>
       <c r="S162"/>
       <c r="T162" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="U162" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="V162" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="W162" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="X162" t="s">
-        <v>1843</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="163" spans="1:55">
       <c r="A163" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="B163" t="s">
         <v>243</v>
       </c>
       <c r="C163"/>
       <c r="D163" t="s">
         <v>1384</v>
       </c>
       <c r="E163" t="s">
         <v>52</v>
       </c>
       <c r="F163"/>
       <c r="G163">
         <v>30470709</v>
       </c>
       <c r="H163" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="I163">
         <v>2018</v>
       </c>
       <c r="J163" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="K163" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
       <c r="L163" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="M163" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="N163" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
       <c r="O163" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="P163">
         <v>12</v>
       </c>
       <c r="Q163">
         <v>56</v>
       </c>
       <c r="R163" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="S163"/>
       <c r="T163" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="U163" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="V163" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="W163" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="X163" t="s">
-        <v>1844</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="164" spans="1:55">
       <c r="A164" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="B164" t="s">
-        <v>1521</v>
+        <v>1456</v>
       </c>
       <c r="C164"/>
       <c r="D164" t="s">
         <v>51</v>
       </c>
       <c r="E164" t="s">
         <v>52</v>
       </c>
       <c r="F164">
         <v>2</v>
       </c>
       <c r="G164">
         <v>27016392</v>
       </c>
       <c r="H164" t="s">
         <v>1522</v>
       </c>
       <c r="I164">
         <v>2017</v>
       </c>
       <c r="J164" t="s">
         <v>1523</v>
       </c>
       <c r="K164" t="s">
         <v>1524</v>
@@ -16979,171 +16984,171 @@
         <v>1528</v>
       </c>
       <c r="P164">
         <v>3</v>
       </c>
       <c r="Q164">
         <v>18</v>
       </c>
       <c r="R164" t="s">
         <v>1529</v>
       </c>
       <c r="S164"/>
       <c r="T164" t="s">
         <v>1530</v>
       </c>
       <c r="U164" t="s">
         <v>1531</v>
       </c>
       <c r="V164" t="s">
         <v>1532</v>
       </c>
       <c r="W164" t="s">
         <v>1533</v>
       </c>
       <c r="X164" t="s">
-        <v>1845</v>
+        <v>1846</v>
       </c>
       <c r="Y164" t="s">
-        <v>1846</v>
+        <v>1847</v>
       </c>
       <c r="Z164" t="s">
-        <v>1847</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="165" spans="1:55">
       <c r="A165" t="s">
         <v>1534</v>
       </c>
       <c r="B165" t="s">
         <v>243</v>
       </c>
       <c r="C165"/>
       <c r="D165" t="s">
         <v>51</v>
       </c>
       <c r="E165" t="s">
         <v>1535</v>
       </c>
       <c r="F165"/>
       <c r="G165">
         <v>30480935</v>
       </c>
       <c r="H165"/>
       <c r="I165">
         <v>2018</v>
       </c>
       <c r="J165" t="s">
         <v>1536</v>
       </c>
       <c r="K165"/>
       <c r="L165"/>
       <c r="M165"/>
       <c r="N165" t="s">
         <v>1537</v>
       </c>
       <c r="O165"/>
       <c r="P165" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="Q165">
         <v>0</v>
       </c>
       <c r="R165"/>
       <c r="S165"/>
       <c r="T165" t="s">
         <v>1538</v>
       </c>
       <c r="U165" t="s">
         <v>1539</v>
       </c>
       <c r="V165" t="s">
         <v>1540</v>
       </c>
       <c r="W165" t="s">
         <v>1541</v>
       </c>
       <c r="X165" t="s">
-        <v>1848</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="166" spans="1:55">
       <c r="A166" t="s">
         <v>1542</v>
       </c>
       <c r="B166" t="s">
         <v>243</v>
       </c>
       <c r="C166"/>
       <c r="D166" t="s">
         <v>51</v>
       </c>
       <c r="E166" t="s">
         <v>1543</v>
       </c>
       <c r="F166"/>
       <c r="G166"/>
       <c r="H166" t="s">
         <v>1544</v>
       </c>
       <c r="I166">
         <v>2018</v>
       </c>
       <c r="J166" t="s">
         <v>1545</v>
       </c>
       <c r="K166" t="s">
         <v>1318</v>
       </c>
       <c r="L166"/>
       <c r="M166"/>
       <c r="N166" t="s">
         <v>1546</v>
       </c>
       <c r="O166"/>
       <c r="P166" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="Q166">
         <v>0</v>
       </c>
       <c r="R166"/>
       <c r="S166"/>
       <c r="T166" t="s">
         <v>1547</v>
       </c>
       <c r="U166" t="s">
         <v>1548</v>
       </c>
       <c r="V166" t="s">
         <v>1320</v>
       </c>
       <c r="W166" t="s">
         <v>1549</v>
       </c>
       <c r="X166" t="s">
-        <v>1849</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="167" spans="1:55">
       <c r="A167" t="s">
         <v>1550</v>
       </c>
       <c r="B167" t="s">
         <v>1551</v>
       </c>
       <c r="C167"/>
       <c r="D167" t="s">
         <v>51</v>
       </c>
       <c r="E167" t="s">
         <v>52</v>
       </c>
       <c r="F167">
         <v>1</v>
       </c>
       <c r="G167">
         <v>123456</v>
       </c>
       <c r="H167" t="s">
         <v>1552</v>
       </c>
@@ -17159,54 +17164,54 @@
       <c r="L167"/>
       <c r="M167" t="s">
         <v>1555</v>
       </c>
       <c r="N167"/>
       <c r="O167"/>
       <c r="P167"/>
       <c r="Q167"/>
       <c r="R167" t="s">
         <v>1556</v>
       </c>
       <c r="S167"/>
       <c r="T167" t="s">
         <v>1557</v>
       </c>
       <c r="U167" t="s">
         <v>1320</v>
       </c>
       <c r="V167" t="s">
         <v>1548</v>
       </c>
       <c r="W167" t="s">
         <v>1558</v>
       </c>
       <c r="X167" t="s">
-        <v>1850</v>
+        <v>1851</v>
       </c>
       <c r="Y167" t="s">
-        <v>1851</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="168" spans="1:55">
       <c r="A168" t="s">
         <v>1559</v>
       </c>
       <c r="B168" t="s">
         <v>38</v>
       </c>
       <c r="C168"/>
       <c r="D168" t="s">
         <v>25</v>
       </c>
       <c r="E168" t="s">
         <v>52</v>
       </c>
       <c r="F168"/>
       <c r="G168">
         <v>29632048</v>
       </c>
       <c r="H168" t="s">
         <v>1560</v>
       </c>
       <c r="I168">
         <v>2018</v>
@@ -17228,191 +17233,191 @@
       </c>
       <c r="O168"/>
       <c r="P168">
         <v>7</v>
       </c>
       <c r="Q168">
         <v>131</v>
       </c>
       <c r="R168" t="s">
         <v>59</v>
       </c>
       <c r="S168"/>
       <c r="T168" t="s">
         <v>1563</v>
       </c>
       <c r="U168" t="s">
         <v>1564</v>
       </c>
       <c r="V168" t="s">
         <v>979</v>
       </c>
       <c r="W168" t="s">
         <v>1565</v>
       </c>
       <c r="X168" t="s">
-        <v>1852</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="169" spans="1:55">
       <c r="A169" t="s">
         <v>1566</v>
       </c>
       <c r="B169" t="s">
         <v>1567</v>
       </c>
       <c r="C169"/>
       <c r="D169" t="s">
         <v>1384</v>
       </c>
       <c r="E169" t="s">
         <v>52</v>
       </c>
       <c r="F169"/>
       <c r="G169">
         <v>30521425</v>
       </c>
       <c r="H169" t="s">
         <v>1568</v>
       </c>
       <c r="I169">
         <v>2018</v>
       </c>
       <c r="J169" t="s">
         <v>1569</v>
       </c>
       <c r="K169" t="s">
         <v>1570</v>
       </c>
       <c r="L169" t="s">
         <v>1571</v>
       </c>
       <c r="M169"/>
       <c r="N169" t="s">
         <v>1572</v>
       </c>
       <c r="O169"/>
       <c r="P169" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="Q169">
         <v>0</v>
       </c>
       <c r="R169" t="s">
         <v>1570</v>
       </c>
       <c r="S169" t="s">
         <v>1573</v>
       </c>
       <c r="T169" t="s">
         <v>1574</v>
       </c>
       <c r="U169" t="s">
         <v>1575</v>
       </c>
       <c r="V169" t="s">
         <v>1576</v>
       </c>
       <c r="W169" t="s">
         <v>1577</v>
       </c>
       <c r="X169" t="s">
-        <v>1853</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="170" spans="1:55">
       <c r="A170" t="s">
         <v>1578</v>
       </c>
       <c r="B170" t="s">
         <v>243</v>
       </c>
       <c r="C170"/>
       <c r="D170" t="s">
         <v>1384</v>
       </c>
       <c r="E170" t="s">
         <v>52</v>
       </c>
       <c r="F170"/>
       <c r="G170">
         <v>25000050</v>
       </c>
       <c r="H170"/>
       <c r="I170">
         <v>2014</v>
       </c>
       <c r="J170" t="s">
         <v>1579</v>
       </c>
       <c r="K170" t="s">
         <v>1580</v>
       </c>
       <c r="L170" t="s">
         <v>402</v>
       </c>
       <c r="M170" t="s">
         <v>1581</v>
       </c>
       <c r="N170" t="s">
         <v>1582</v>
       </c>
       <c r="O170" t="s">
         <v>1583</v>
       </c>
       <c r="P170" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="Q170">
         <v>202</v>
       </c>
       <c r="R170" t="s">
         <v>404</v>
       </c>
       <c r="S170"/>
       <c r="T170" t="s">
         <v>1584</v>
       </c>
       <c r="U170" t="s">
         <v>1585</v>
       </c>
       <c r="V170" t="s">
         <v>895</v>
       </c>
       <c r="W170" t="s">
         <v>1586</v>
       </c>
       <c r="X170" t="s">
-        <v>1854</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="171" spans="1:55">
       <c r="A171" t="s">
         <v>1587</v>
       </c>
       <c r="B171" t="s">
-        <v>1521</v>
+        <v>1456</v>
       </c>
       <c r="C171"/>
       <c r="D171" t="s">
         <v>1384</v>
       </c>
       <c r="E171" t="s">
         <v>52</v>
       </c>
       <c r="F171">
         <v>1</v>
       </c>
       <c r="G171">
         <v>29925689</v>
       </c>
       <c r="H171" t="s">
         <v>1588</v>
       </c>
       <c r="I171">
         <v>2018</v>
       </c>
       <c r="J171" t="s">
         <v>1589</v>
       </c>
       <c r="K171" t="s">
         <v>1590</v>
@@ -17424,278 +17429,278 @@
       <c r="N171" t="s">
         <v>1592</v>
       </c>
       <c r="O171"/>
       <c r="P171">
         <v>12</v>
       </c>
       <c r="Q171">
         <v>3</v>
       </c>
       <c r="R171"/>
       <c r="S171"/>
       <c r="T171" t="s">
         <v>1593</v>
       </c>
       <c r="U171" t="s">
         <v>1594</v>
       </c>
       <c r="V171" t="s">
         <v>1595</v>
       </c>
       <c r="W171" t="s">
         <v>1596</v>
       </c>
       <c r="X171" t="s">
-        <v>1855</v>
+        <v>1856</v>
       </c>
       <c r="Y171" t="s">
-        <v>1856</v>
+        <v>1857</v>
       </c>
       <c r="Z171" t="s">
-        <v>1857</v>
+        <v>1858</v>
       </c>
       <c r="AA171" t="s">
-        <v>1858</v>
+        <v>1859</v>
       </c>
       <c r="AB171" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="AC171" t="s">
-        <v>1860</v>
+        <v>1861</v>
       </c>
       <c r="AD171" t="s">
-        <v>1861</v>
+        <v>1862</v>
       </c>
       <c r="AE171" t="s">
-        <v>1862</v>
+        <v>1863</v>
       </c>
       <c r="AF171" t="s">
-        <v>1863</v>
+        <v>1864</v>
       </c>
       <c r="AG171" t="s">
-        <v>1864</v>
+        <v>1865</v>
       </c>
       <c r="AH171" t="s">
-        <v>1865</v>
+        <v>1866</v>
       </c>
       <c r="AI171" t="s">
-        <v>1866</v>
+        <v>1867</v>
       </c>
       <c r="AJ171" t="s">
-        <v>1867</v>
+        <v>1868</v>
       </c>
       <c r="AK171" t="s">
-        <v>1868</v>
+        <v>1869</v>
       </c>
       <c r="AL171" t="s">
-        <v>1869</v>
+        <v>1870</v>
       </c>
       <c r="AM171" t="s">
-        <v>1870</v>
+        <v>1871</v>
       </c>
       <c r="AN171" t="s">
-        <v>1871</v>
+        <v>1872</v>
       </c>
       <c r="AO171" t="s">
-        <v>1872</v>
+        <v>1873</v>
       </c>
       <c r="AP171" t="s">
-        <v>1873</v>
+        <v>1874</v>
       </c>
       <c r="AQ171" t="s">
-        <v>1874</v>
+        <v>1875</v>
       </c>
       <c r="AR171" t="s">
-        <v>1875</v>
+        <v>1876</v>
       </c>
       <c r="AS171" t="s">
-        <v>1875</v>
+        <v>1876</v>
       </c>
       <c r="AT171" t="s">
-        <v>1876</v>
+        <v>1877</v>
       </c>
       <c r="AU171" t="s">
-        <v>1877</v>
+        <v>1878</v>
       </c>
       <c r="AV171" t="s">
-        <v>1878</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="172" spans="1:55">
       <c r="A172" t="s">
         <v>1597</v>
       </c>
       <c r="B172" t="s">
         <v>1598</v>
       </c>
       <c r="C172"/>
       <c r="D172" t="s">
         <v>1384</v>
       </c>
       <c r="E172" t="s">
         <v>1599</v>
       </c>
       <c r="F172">
         <v>1</v>
       </c>
       <c r="G172"/>
       <c r="H172"/>
       <c r="I172">
         <v>2020</v>
       </c>
       <c r="J172" t="s">
         <v>1600</v>
       </c>
       <c r="K172" t="s">
         <v>1601</v>
       </c>
       <c r="L172"/>
       <c r="M172"/>
       <c r="N172"/>
       <c r="O172"/>
       <c r="P172" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="Q172">
         <v>0</v>
       </c>
       <c r="R172" t="s">
         <v>1602</v>
       </c>
       <c r="S172"/>
       <c r="T172" t="s">
         <v>1603</v>
       </c>
       <c r="U172" t="s">
         <v>1603</v>
       </c>
       <c r="V172" t="s">
         <v>1603</v>
       </c>
       <c r="W172" t="s">
         <v>1604</v>
       </c>
       <c r="X172" t="s">
-        <v>1879</v>
+        <v>1880</v>
       </c>
       <c r="Y172" t="s">
-        <v>1880</v>
+        <v>1881</v>
       </c>
       <c r="Z172" t="s">
-        <v>1881</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="173" spans="1:55">
       <c r="A173" t="s">
         <v>1605</v>
       </c>
       <c r="B173" t="s">
         <v>1392</v>
       </c>
       <c r="C173"/>
       <c r="D173" t="s">
         <v>1384</v>
       </c>
       <c r="E173" t="s">
         <v>52</v>
       </c>
       <c r="F173">
         <v>2</v>
       </c>
       <c r="G173">
         <v>31437946</v>
       </c>
       <c r="H173" t="s">
         <v>1606</v>
       </c>
       <c r="I173">
         <v>2019</v>
       </c>
       <c r="J173" t="s">
         <v>1607</v>
       </c>
       <c r="K173" t="s">
         <v>1580</v>
       </c>
       <c r="L173" t="s">
         <v>402</v>
       </c>
       <c r="M173" t="s">
         <v>1581</v>
       </c>
       <c r="N173" t="s">
         <v>1608</v>
       </c>
       <c r="O173" t="s">
         <v>1609</v>
       </c>
       <c r="P173" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="Q173">
         <v>264</v>
       </c>
       <c r="R173" t="s">
         <v>404</v>
       </c>
       <c r="S173"/>
       <c r="T173" t="s">
         <v>1610</v>
       </c>
       <c r="U173" t="s">
         <v>1548</v>
       </c>
       <c r="V173" t="s">
         <v>1532</v>
       </c>
       <c r="W173" t="s">
         <v>1611</v>
       </c>
       <c r="X173" t="s">
-        <v>1872</v>
+        <v>1873</v>
       </c>
       <c r="Y173" t="s">
-        <v>1882</v>
+        <v>1883</v>
       </c>
       <c r="Z173" t="s">
-        <v>1883</v>
+        <v>1884</v>
       </c>
       <c r="AA173" t="s">
-        <v>1884</v>
+        <v>1885</v>
       </c>
       <c r="AB173" t="s">
-        <v>1885</v>
+        <v>1886</v>
       </c>
       <c r="AC173" t="s">
-        <v>1886</v>
+        <v>1887</v>
       </c>
       <c r="AD173" t="s">
-        <v>1887</v>
+        <v>1888</v>
       </c>
       <c r="AE173" t="s">
-        <v>1888</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="174" spans="1:55">
       <c r="A174" t="s">
         <v>1612</v>
       </c>
       <c r="B174" t="s">
         <v>1392</v>
       </c>
       <c r="C174" t="s">
         <v>1613</v>
       </c>
       <c r="D174" t="s">
         <v>1384</v>
       </c>
       <c r="E174" t="s">
         <v>52</v>
       </c>
       <c r="F174">
         <v>1</v>
       </c>
       <c r="G174">
         <v>10203041</v>
       </c>
       <c r="H174" t="s">
@@ -17723,51 +17728,51 @@
         <v>1617</v>
       </c>
       <c r="P174" t="s">
         <v>1411</v>
       </c>
       <c r="Q174">
         <v>66</v>
       </c>
       <c r="R174" t="s">
         <v>1412</v>
       </c>
       <c r="S174"/>
       <c r="T174" t="s">
         <v>1618</v>
       </c>
       <c r="U174" t="s">
         <v>1619</v>
       </c>
       <c r="V174" t="s">
         <v>1620</v>
       </c>
       <c r="W174" t="s">
         <v>1621</v>
       </c>
       <c r="X174" t="s">
-        <v>1889</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="175" spans="1:55">
       <c r="A175" t="s">
         <v>1622</v>
       </c>
       <c r="B175" t="s">
         <v>1623</v>
       </c>
       <c r="C175" t="s">
         <v>1624</v>
       </c>
       <c r="D175" t="s">
         <v>1384</v>
       </c>
       <c r="E175" t="s">
         <v>52</v>
       </c>
       <c r="F175">
         <v>0</v>
       </c>
       <c r="G175">
         <v>32873725</v>
       </c>
       <c r="H175" t="s">
@@ -17863,247 +17868,247 @@
       <c r="Q176">
         <v>13</v>
       </c>
       <c r="R176" t="s">
         <v>1631</v>
       </c>
       <c r="S176"/>
       <c r="T176" t="s">
         <v>1632</v>
       </c>
       <c r="U176" t="s">
         <v>894</v>
       </c>
       <c r="V176" t="s">
         <v>979</v>
       </c>
       <c r="W176" t="s">
         <v>1637</v>
       </c>
     </row>
     <row r="177" spans="1:55">
       <c r="A177" t="s">
         <v>1638</v>
       </c>
       <c r="B177" t="s">
-        <v>1521</v>
+        <v>1456</v>
       </c>
       <c r="C177"/>
       <c r="D177" t="s">
         <v>25</v>
       </c>
       <c r="E177" t="s">
         <v>25</v>
       </c>
       <c r="F177">
         <v>2</v>
       </c>
       <c r="G177"/>
       <c r="H177"/>
       <c r="I177">
         <v>2020</v>
       </c>
       <c r="J177"/>
       <c r="K177"/>
       <c r="L177"/>
       <c r="M177"/>
       <c r="N177"/>
       <c r="O177"/>
       <c r="P177" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="Q177">
         <v>0</v>
       </c>
       <c r="R177"/>
       <c r="S177"/>
       <c r="T177"/>
       <c r="U177"/>
       <c r="V177"/>
       <c r="W177" t="s">
         <v>1639</v>
       </c>
     </row>
     <row r="178" spans="1:55">
       <c r="A178" t="s">
         <v>1640</v>
       </c>
       <c r="B178" t="s">
-        <v>1521</v>
+        <v>1456</v>
       </c>
       <c r="C178"/>
       <c r="D178" t="s">
         <v>25</v>
       </c>
       <c r="E178" t="s">
         <v>1641</v>
       </c>
       <c r="F178">
         <v>2</v>
       </c>
       <c r="G178"/>
       <c r="H178"/>
       <c r="I178">
         <v>2019</v>
       </c>
       <c r="J178"/>
       <c r="K178"/>
       <c r="L178"/>
       <c r="M178"/>
       <c r="N178"/>
       <c r="O178"/>
       <c r="P178" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="Q178">
         <v>0</v>
       </c>
       <c r="R178"/>
       <c r="S178"/>
       <c r="T178"/>
       <c r="U178"/>
       <c r="V178"/>
       <c r="W178" t="s">
         <v>1642</v>
       </c>
     </row>
     <row r="179" spans="1:55">
       <c r="A179" t="s">
         <v>1643</v>
       </c>
       <c r="B179" t="s">
-        <v>1521</v>
+        <v>1456</v>
       </c>
       <c r="C179"/>
       <c r="D179" t="s">
         <v>25</v>
       </c>
       <c r="E179" t="s">
         <v>1644</v>
       </c>
       <c r="F179">
         <v>2</v>
       </c>
       <c r="G179"/>
       <c r="H179"/>
       <c r="I179">
         <v>2018</v>
       </c>
       <c r="J179"/>
       <c r="K179"/>
       <c r="L179"/>
       <c r="M179"/>
       <c r="N179"/>
       <c r="O179"/>
       <c r="P179"/>
       <c r="Q179"/>
       <c r="R179"/>
       <c r="S179"/>
       <c r="T179"/>
       <c r="U179"/>
       <c r="V179"/>
       <c r="W179" t="s">
         <v>1645</v>
       </c>
     </row>
     <row r="180" spans="1:55">
       <c r="A180" t="s">
         <v>1646</v>
       </c>
       <c r="B180" t="s">
-        <v>1521</v>
+        <v>1456</v>
       </c>
       <c r="C180"/>
       <c r="D180" t="s">
         <v>25</v>
       </c>
       <c r="E180" t="s">
         <v>1647</v>
       </c>
       <c r="F180">
         <v>2</v>
       </c>
       <c r="G180"/>
       <c r="H180"/>
       <c r="I180">
         <v>2017</v>
       </c>
       <c r="J180" t="s">
         <v>1648</v>
       </c>
       <c r="K180"/>
       <c r="L180"/>
       <c r="M180"/>
       <c r="N180"/>
       <c r="O180"/>
       <c r="P180" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="Q180">
         <v>0</v>
       </c>
       <c r="R180"/>
       <c r="S180"/>
       <c r="T180"/>
       <c r="U180"/>
       <c r="V180"/>
       <c r="W180" t="s">
         <v>1649</v>
       </c>
     </row>
     <row r="181" spans="1:55">
       <c r="A181" t="s">
         <v>1650</v>
       </c>
       <c r="B181" t="s">
-        <v>1521</v>
+        <v>1456</v>
       </c>
       <c r="C181"/>
       <c r="D181" t="s">
         <v>1384</v>
       </c>
       <c r="E181" t="s">
         <v>1651</v>
       </c>
       <c r="F181">
         <v>1</v>
       </c>
       <c r="G181"/>
       <c r="H181"/>
       <c r="I181">
         <v>2016</v>
       </c>
       <c r="J181" t="s">
         <v>1652</v>
       </c>
       <c r="K181"/>
       <c r="L181"/>
       <c r="M181"/>
       <c r="N181"/>
       <c r="O181"/>
       <c r="P181" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="Q181">
         <v>0</v>
       </c>
       <c r="R181"/>
       <c r="S181"/>
       <c r="T181"/>
       <c r="U181"/>
       <c r="V181"/>
       <c r="W181" t="s">
         <v>1653</v>
       </c>
     </row>
     <row r="182" spans="1:55">
       <c r="A182" t="s">
         <v>1654</v>
       </c>
       <c r="B182" t="s">
         <v>243</v>
       </c>
       <c r="C182" t="s">
         <v>1655</v>
       </c>
       <c r="D182" t="s">
         <v>51</v>
@@ -18114,253 +18119,259 @@
       <c r="F182">
         <v>2</v>
       </c>
       <c r="G182">
         <v>123456</v>
       </c>
       <c r="H182" t="s">
         <v>1656</v>
       </c>
       <c r="I182">
         <v>2021</v>
       </c>
       <c r="J182" t="s">
         <v>1657</v>
       </c>
       <c r="K182" t="s">
         <v>1318</v>
       </c>
       <c r="L182"/>
       <c r="M182"/>
       <c r="N182" t="s">
         <v>1658</v>
       </c>
       <c r="O182"/>
       <c r="P182" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="Q182">
         <v>0</v>
       </c>
       <c r="R182"/>
       <c r="S182"/>
       <c r="T182" t="s">
         <v>1659</v>
       </c>
       <c r="U182" t="s">
         <v>1320</v>
       </c>
       <c r="V182" t="s">
         <v>1532</v>
       </c>
       <c r="W182" t="s">
         <v>1660</v>
       </c>
     </row>
     <row r="183" spans="1:55">
       <c r="A183" t="s">
         <v>1661</v>
       </c>
       <c r="B183" t="s">
-        <v>1521</v>
+        <v>1456</v>
       </c>
       <c r="C183"/>
       <c r="D183" t="s">
         <v>51</v>
       </c>
       <c r="E183" t="s">
         <v>52</v>
       </c>
       <c r="F183">
         <v>1</v>
       </c>
       <c r="G183">
         <v>36681760</v>
       </c>
       <c r="H183" t="s">
         <v>1662</v>
       </c>
       <c r="I183">
         <v>2023</v>
       </c>
       <c r="J183" t="s">
         <v>1663</v>
       </c>
       <c r="K183" t="s">
         <v>1664</v>
       </c>
       <c r="L183" t="s">
         <v>1665</v>
       </c>
-      <c r="M183"/>
+      <c r="M183" t="s">
+        <v>1665</v>
+      </c>
       <c r="N183" t="s">
         <v>1666</v>
       </c>
-      <c r="O183"/>
+      <c r="O183">
+        <v>1234</v>
+      </c>
       <c r="P183">
         <v>1</v>
       </c>
       <c r="Q183">
         <v>6</v>
       </c>
       <c r="R183" t="s">
         <v>1667</v>
       </c>
-      <c r="S183"/>
+      <c r="S183" t="s">
+        <v>1668</v>
+      </c>
       <c r="T183" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
       <c r="U183" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="V183" t="s">
         <v>1428</v>
       </c>
       <c r="W183" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="184" spans="1:55">
       <c r="A184" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
       <c r="B184" t="s">
-        <v>1672</v>
+        <v>1673</v>
       </c>
       <c r="C184" t="s">
-        <v>1673</v>
+        <v>1674</v>
       </c>
       <c r="D184" t="s">
         <v>1384</v>
       </c>
       <c r="E184" t="s">
         <v>52</v>
       </c>
       <c r="F184">
         <v>1</v>
       </c>
       <c r="G184">
         <v>35909053</v>
       </c>
       <c r="H184" t="s">
-        <v>1674</v>
+        <v>1675</v>
       </c>
       <c r="I184">
         <v>2022</v>
       </c>
       <c r="J184" t="s">
-        <v>1675</v>
+        <v>1676</v>
       </c>
       <c r="K184" t="s">
-        <v>1676</v>
+        <v>1677</v>
       </c>
       <c r="L184" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="M184"/>
       <c r="N184" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="O184">
         <v>213041</v>
       </c>
       <c r="P184" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="Q184">
         <v>139</v>
       </c>
       <c r="R184" t="s">
-        <v>1676</v>
+        <v>1677</v>
       </c>
       <c r="S184"/>
       <c r="T184" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="U184" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
       <c r="V184" t="s">
         <v>1123</v>
       </c>
       <c r="W184" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="185" spans="1:55">
       <c r="A185" t="s">
-        <v>1682</v>
+        <v>1683</v>
       </c>
       <c r="B185" t="s">
         <v>1140</v>
       </c>
       <c r="C185"/>
       <c r="D185" t="s">
         <v>25</v>
       </c>
       <c r="E185" t="s">
         <v>1543</v>
       </c>
       <c r="F185">
         <v>2</v>
       </c>
       <c r="G185"/>
       <c r="H185" t="s">
-        <v>1683</v>
+        <v>1684</v>
       </c>
       <c r="I185">
         <v>2021</v>
       </c>
       <c r="J185"/>
       <c r="K185" t="s">
         <v>1318</v>
       </c>
       <c r="L185"/>
       <c r="M185"/>
       <c r="N185" t="s">
         <v>1658</v>
       </c>
       <c r="O185"/>
       <c r="P185" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="Q185">
         <v>0</v>
       </c>
       <c r="R185"/>
       <c r="S185"/>
       <c r="T185" t="s">
         <v>1659</v>
       </c>
       <c r="U185" t="s">
         <v>1320</v>
       </c>
       <c r="V185" t="s">
         <v>1532</v>
       </c>
       <c r="W185" t="s">
-        <v>1684</v>
+        <v>1685</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="X1:AV1"/>
     <mergeCell ref="AW1:AY1"/>
     <mergeCell ref="AZ1:BB1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="A4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="A5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="A6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="A7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="A8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="A9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="A10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="A11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="A12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="A13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="A14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="A15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="A16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="A17" r:id="rId_hyperlink_16"/>
@@ -18772,32 +18783,32 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SFB 1002 Literature Repository</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Literature Export 2025-12-06 06:33:41</dc:title>
-  <dc:description>Export of the SFB 1002 Literature Repository. (2025-12-06 06:33:41)</dc:description>
+  <dc:title>Literature Export 2026-01-25 21:03:26</dc:title>
+  <dc:description>Export of the SFB 1002 Literature Repository. (2026-01-25 21:03:26)</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>