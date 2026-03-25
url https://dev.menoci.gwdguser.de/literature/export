--- v1 (2026-01-25)
+++ v2 (2026-03-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1911">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1909">
   <si>
     <t>RDP - Link</t>
   </si>
   <si>
     <t>Working Groups</t>
   </si>
   <si>
     <t>Subproject</t>
   </si>
   <si>
     <t>Open Access</t>
   </si>
   <si>
     <t>Publication Type</t>
   </si>
   <si>
     <t>Peer Reviewed</t>
   </si>
   <si>
     <t>PMID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
@@ -4979,53 +4979,50 @@
   <si>
     <t>Comment</t>
   </si>
   <si>
     <t>test publication - review search</t>
   </si>
   <si>
     <t>2022-12-09 09:05:57</t>
   </si>
   <si>
     <t>http://dev.menoci.gwdguser.de/literature/publication/181</t>
   </si>
   <si>
     <t>Bibliography</t>
   </si>
   <si>
     <t>peer review - yes</t>
   </si>
   <si>
     <t>2022-12-09 10:06:13</t>
   </si>
   <si>
     <t>http://dev.menoci.gwdguser.de/literature/publication/182</t>
   </si>
   <si>
-    <t>INF</t>
-[...1 lines deleted...]
-  <si>
     <t>10.3205/21gmds072</t>
   </si>
   <si>
     <t>The bumpy road of FAIRification in practice</t>
   </si>
   <si>
     <t>https://www.egms.de/en/meetings/gmds2021/21gmds072.shtml</t>
   </si>
   <si>
     <t>Kusch H, Bauer CR, Bender T, Hügel J, Kossen R, Nussbeck SY, Sax U</t>
   </si>
   <si>
     <t>2023-10-23 15:52:26</t>
   </si>
   <si>
     <t>http://dev.menoci.gwdguser.de/literature/publication/183</t>
   </si>
   <si>
     <t>10.1038/s42003-022-04402-9</t>
   </si>
   <si>
     <t>Single-cell transcriptomics reveal extracellular vesicles secretion with a cardiomyocyte proteostasis signature during pathological remodeling</t>
   </si>
   <si>
     <t>Communications Biology</t>
@@ -5033,56 +5030,50 @@
   <si>
     <t>2399-3642</t>
   </si>
   <si>
     <t>http://dx.doi.org/10.1038/s42003-022-04402-9</t>
   </si>
   <si>
     <t>Commun Biol</t>
   </si>
   <si>
     <t>Test</t>
   </si>
   <si>
     <t>Schoger E, Bleckwedel F, Germena G, Rocha C, Tucholla P, Sobitov I, Möbius W, Sitte M, Lenz C, Samak M, Hinkel R, Varga ZV, Giricz Z, Salinas G, Gross JC, Zelarayán LC</t>
   </si>
   <si>
     <t>Schoger E</t>
   </si>
   <si>
     <t>2023-10-24 13:23:50</t>
   </si>
   <si>
     <t>http://dev.menoci.gwdguser.de/literature/publication/184</t>
   </si>
   <si>
-    <t>ag_lutz, ag_tiburcy, ag_zimmermann</t>
-[...4 lines deleted...]
-  <si>
     <t>10.1016/j.bioadv.2022.213041</t>
   </si>
   <si>
     <t>Using different geometries to modulate the cardiac fibroblast phenotype and the biomechanical properties of engineered connective tissues</t>
   </si>
   <si>
     <t>Biomaterials Advances</t>
   </si>
   <si>
     <t>2772-9508</t>
   </si>
   <si>
     <t>http://dx.doi.org/10.1016/j.bioadv.2022.213041</t>
   </si>
   <si>
     <t>Santos GL, DeGrave AN, Rehman A, Al Disi S, Xhaxho K, Schröder H, Bao G, Meyer T, Tiburcy M, Dworatzek E, Zimmermann W, Lutz S</t>
   </si>
   <si>
     <t>Santos GL</t>
   </si>
   <si>
     <t>2023-10-24 13:45:26</t>
   </si>
   <si>
     <t>http://dev.menoci.gwdguser.de/literature/publication/185</t>
@@ -5736,50 +5727,53 @@
     <t>secondary: Abberior STAR 635P goat anti-rabbit</t>
   </si>
   <si>
     <t>primary: PP1</t>
   </si>
   <si>
     <t xml:space="preserve">primary: </t>
   </si>
   <si>
     <t>primary: SUR2A</t>
   </si>
   <si>
     <t>primary: FGDNOIÜSF</t>
   </si>
   <si>
     <t>primary: Huhu</t>
   </si>
   <si>
     <t>primary: RandomChars</t>
   </si>
   <si>
     <t>secondary: test</t>
   </si>
   <si>
     <t>Linked Antibodies</t>
+  </si>
+  <si>
+    <t>Linked Mouselines</t>
   </si>
   <si>
     <t xml:space="preserve">Project: SCU, Lab ID: </t>
   </si>
   <si>
     <t xml:space="preserve">Project: SCU12, Lab ID: </t>
   </si>
   <si>
     <t>Linked Cell Lines</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -6102,54 +6096,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/1" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/2" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/3" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/4" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/5" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/6" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/7" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/8" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/9" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/10" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/11" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/12" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/13" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/14" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/15" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/16" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/17" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/18" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/19" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/20" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/21" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/22" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/23" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/24" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/25" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/26" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/27" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/28" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/29" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/30" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/31" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/32" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/33" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/34" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/35" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/36" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/37" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/38" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/39" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/40" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/41" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/42" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/43" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/44" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/45" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/46" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/47" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/48" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/49" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/50" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/51" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/52" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/53" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/54" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/55" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/56" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/57" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/58" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/59" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/60" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/61" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/62" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/63" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/64" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/65" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/66" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/67" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/68" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/69" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/70" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/71" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/72" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/73" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/74" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/75" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/76" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/77" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/78" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/79" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/80" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/81" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/82" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/83" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/84" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/85" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/86" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/87" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/88" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/89" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/90" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/91" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/92" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/93" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/94" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/95" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/96" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/97" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/98" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/99" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/100" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/101" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/102" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/103" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/104" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/105" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/106" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/107" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/108" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/109" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/110" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/111" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/112" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/113" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/114" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/115" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/116" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/117" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/118" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/119" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/120" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/121" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/122" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/123" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/124" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/125" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/126" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/127" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/128" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/129" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/130" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/131" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/132" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/133" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/134" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/135" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/136" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/137" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/138" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/139" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/140" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/141" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/142" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/143" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/144" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/145" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/146" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/147" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/148" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/149" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/150" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/151" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/152" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/153" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/154" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/155" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/156" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/157" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/158" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/159" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/160" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/161" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/162" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/163" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/164" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/165" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/166" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/167" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/168" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/170" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/171" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/172" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/173" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/174" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/175" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/176" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/177" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/178" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/179" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/180" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/181" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/182" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/183" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/184" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dev.menoci.gwdguser.de/literature/publication/185" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q30576327" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48882258" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q37733013" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q35155257" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q39320898" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q34166007" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48882343" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48772008" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48700962" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q30536576" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q44729878" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q42440338" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q34048285" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q45969768" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48751029" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q38060419" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q26861625" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48753378" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q42455251" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48776190" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48772970" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q24307553" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48773294" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q38139729" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q43187868" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q38065561" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q38196174" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q37498583" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q35047672" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q38051996" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q38195698" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q38122184" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q27012532" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q44596273" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q26861522" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q42440661" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q34900382" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q26864362" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q34652710" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q37082130" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q42242941" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q28654694" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48882503" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48773305" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48883274" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q38079253" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q34370565" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q42556696" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48751116" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q30566320" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q38111618" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48880857" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q41844271" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48882194" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q38340313" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q34853000" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q44891976" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q44874960" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q38098831" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q44608716" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q35110633" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48751370" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q34364720" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q37038872" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q43797435" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q42454314" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q28576949" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q30487380" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q46859563" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q38035382" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48773319" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q30596860" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q34296776" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q34706845" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q38136924" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48751897" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q38055432" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q43085557" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q33746344" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q35135731" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48750021" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48883883" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48127192" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q40887395" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q37038411" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q38635697" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q35961333" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q34491330" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48127192" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48886365" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q38585424" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q38842308" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q24338866" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48747627" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q40401079" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48645296" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q35834522" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48747181" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q38564770" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q36525892" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q41464309" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48749621" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q42016775" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q30540314" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q35042164" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q35624098" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q38653815" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q26796230" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q36394264" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q42287888" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48749517" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q37733591" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q41584964" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q38917014" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q26774795" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48773333" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q27318689" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q30399436" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48004849" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48747627" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q28511141" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48751285" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q34684493" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q35192667" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q36305364" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q36278732" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q36506197" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q35852248" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q35161155" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q24337420" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q38811330" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q38653815" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48884283" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48888385" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q40054774" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q35905516" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q38802965" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q35852736" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48794353" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48886988" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48889882" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48890436" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48775376" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q40138133" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48746789" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q38821307" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48171765" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q37072817" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q30865154" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q52034536" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://test" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q48773384" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q42200637" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q28744091" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q41242617" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q90569716" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q52319052" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q42262453" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q47587806" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q93335953" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q33675239" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q95353642" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q56235886" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://test2" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.test3.no/domain" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q27982974" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q88310755" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q90305814" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ebooks.iospress.nl/publication/36843" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q38226869" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q89170102" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q92778738" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q44629394" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/intact/imex/main.xhtml?query=IM-27195" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stke.sciencemag.org/highwire/filestream/217883/field_highwire_adjunct_files/0/aaz1436_Data_file_S1.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stke.sciencemag.org/highwire/filestream/217883/field_highwire_adjunct_files/1/aaz1436_SM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2702-155X" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9596-6240" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8115-3513" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3773-3876" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7315-0315" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0225-6432" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0946-8166" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6242-7585" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1002.med.uni-goettingen.de/production/literature/publications/368" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/68" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/10.1126/scisignal.aaz1436" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/031t5w623" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014485" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_011323" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uniprot.org/uniprot/P26678" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q98891065" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1236-0815" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9895-2469" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q24307796" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/028s4q594" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/015qjqf64" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01g9ty582" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02xstm723" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q113879212" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BC185"/>
+  <dimension ref="A1:BD185"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:BC1"/>
+      <selection activeCell="A1" sqref="A1:BD1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="80" customWidth="true" style="0"/>
     <col min="11" max="11" width="80" customWidth="true" style="0"/>
     <col min="12" max="12" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="80" customWidth="true" style="0"/>
     <col min="15" max="15" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="80" customWidth="true" style="0"/>
     <col min="20" max="20" width="80" customWidth="true" style="0"/>
     <col min="21" max="21" width="36.42" bestFit="true" customWidth="true" style="0"/>
@@ -6161,57 +6155,58 @@
     <col min="27" max="27" width="80" customWidth="true" style="0"/>
     <col min="28" max="28" width="80" customWidth="true" style="0"/>
     <col min="29" max="29" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="80" customWidth="true" style="0"/>
     <col min="38" max="38" width="80" customWidth="true" style="0"/>
     <col min="39" max="39" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="55" max="55" width="9.10" bestFit="true" style="0"/>
+    <col min="52" max="52" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:55">
+    <row r="1" spans="1:56">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
@@ -6238,89 +6233,92 @@
       <c r="P1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="X1" s="1" t="s">
-        <v>1891</v>
+        <v>1888</v>
       </c>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
       <c r="AA1" s="1"/>
       <c r="AB1" s="1"/>
       <c r="AC1" s="1"/>
       <c r="AD1" s="1"/>
       <c r="AE1" s="1"/>
       <c r="AF1" s="1"/>
       <c r="AG1" s="1"/>
       <c r="AH1" s="1"/>
       <c r="AI1" s="1"/>
       <c r="AJ1" s="1"/>
       <c r="AK1" s="1"/>
       <c r="AL1" s="1"/>
       <c r="AM1" s="1"/>
       <c r="AN1" s="1"/>
       <c r="AO1" s="1"/>
       <c r="AP1" s="1"/>
       <c r="AQ1" s="1"/>
       <c r="AR1" s="1"/>
       <c r="AS1" s="1"/>
       <c r="AT1" s="1"/>
       <c r="AU1" s="1"/>
       <c r="AV1" s="1"/>
       <c r="AW1" s="1" t="s">
-        <v>1907</v>
+        <v>1904</v>
       </c>
       <c r="AX1" s="1"/>
       <c r="AY1" s="1"/>
       <c r="AZ1" s="1" t="s">
-        <v>1910</v>
-[...1 lines deleted...]
-      <c r="BA1" s="1"/>
+        <v>1905</v>
+      </c>
+      <c r="BA1" s="1" t="s">
+        <v>1908</v>
+      </c>
       <c r="BB1" s="1"/>
       <c r="BC1" s="1"/>
+      <c r="BD1" s="1"/>
     </row>
-    <row r="2" spans="1:55">
+    <row r="2" spans="1:56">
       <c r="A2" t="s">
         <v>23</v>
       </c>
       <c r="B2" t="s">
         <v>24</v>
       </c>
       <c r="C2"/>
       <c r="D2" t="s">
         <v>25</v>
       </c>
       <c r="E2" t="s">
         <v>25</v>
       </c>
       <c r="F2"/>
       <c r="G2">
         <v>24630725</v>
       </c>
       <c r="H2" t="s">
         <v>26</v>
       </c>
       <c r="I2">
         <v>2014</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
@@ -6341,66 +6339,66 @@
       <c r="P2">
         <v>6</v>
       </c>
       <c r="Q2">
         <v>156</v>
       </c>
       <c r="R2" t="s">
         <v>28</v>
       </c>
       <c r="S2" t="s">
         <v>32</v>
       </c>
       <c r="T2" t="s">
         <v>33</v>
       </c>
       <c r="U2" t="s">
         <v>34</v>
       </c>
       <c r="V2" t="s">
         <v>35</v>
       </c>
       <c r="W2" t="s">
         <v>36</v>
       </c>
       <c r="X2" t="s">
-        <v>1686</v>
+        <v>1683</v>
       </c>
       <c r="AW2" t="s">
-        <v>1892</v>
+        <v>1889</v>
       </c>
       <c r="AX2" t="s">
-        <v>1893</v>
+        <v>1890</v>
       </c>
       <c r="AY2" t="s">
-        <v>1894</v>
-[...2 lines deleted...]
-        <v>1908</v>
+        <v>1891</v>
+      </c>
+      <c r="BA2" t="s">
+        <v>1906</v>
       </c>
     </row>
-    <row r="3" spans="1:55">
+    <row r="3" spans="1:56">
       <c r="A3" t="s">
         <v>37</v>
       </c>
       <c r="B3" t="s">
         <v>38</v>
       </c>
       <c r="C3"/>
       <c r="D3" t="s">
         <v>25</v>
       </c>
       <c r="E3" t="s">
         <v>25</v>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3" t="s">
         <v>39</v>
       </c>
       <c r="I3">
         <v>2014</v>
       </c>
       <c r="J3" t="s">
         <v>40</v>
       </c>
       <c r="K3" t="s">
@@ -6417,72 +6415,72 @@
         <v>44</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
         <v>20</v>
       </c>
       <c r="R3" t="s">
         <v>45</v>
       </c>
       <c r="S3"/>
       <c r="T3" t="s">
         <v>46</v>
       </c>
       <c r="U3" t="s">
         <v>47</v>
       </c>
       <c r="V3" t="s">
         <v>48</v>
       </c>
       <c r="W3" t="s">
         <v>36</v>
       </c>
       <c r="X3" t="s">
-        <v>1687</v>
+        <v>1684</v>
       </c>
       <c r="AW3" t="s">
-        <v>1895</v>
+        <v>1892</v>
       </c>
       <c r="AX3" t="s">
-        <v>1896</v>
+        <v>1893</v>
       </c>
       <c r="AY3" t="s">
-        <v>1897</v>
-[...2 lines deleted...]
-        <v>1908</v>
+        <v>1894</v>
       </c>
       <c r="BA3" t="s">
-        <v>1908</v>
+        <v>1906</v>
       </c>
       <c r="BB3" t="s">
-        <v>1908</v>
+        <v>1906</v>
+      </c>
+      <c r="BC3" t="s">
+        <v>1906</v>
       </c>
     </row>
-    <row r="4" spans="1:55">
+    <row r="4" spans="1:56">
       <c r="A4" t="s">
         <v>49</v>
       </c>
       <c r="B4" t="s">
         <v>50</v>
       </c>
       <c r="C4"/>
       <c r="D4" t="s">
         <v>51</v>
       </c>
       <c r="E4" t="s">
         <v>52</v>
       </c>
       <c r="F4">
         <v>2</v>
       </c>
       <c r="G4">
         <v>24569881</v>
       </c>
       <c r="H4" t="s">
         <v>53</v>
       </c>
       <c r="I4">
         <v>2014</v>
       </c>
@@ -6505,66 +6503,66 @@
       <c r="P4">
         <v>9</v>
       </c>
       <c r="Q4">
         <v>127</v>
       </c>
       <c r="R4" t="s">
         <v>59</v>
       </c>
       <c r="S4" t="s">
         <v>60</v>
       </c>
       <c r="T4" t="s">
         <v>61</v>
       </c>
       <c r="U4" t="s">
         <v>47</v>
       </c>
       <c r="V4" t="s">
         <v>48</v>
       </c>
       <c r="W4" t="s">
         <v>62</v>
       </c>
       <c r="X4" t="s">
-        <v>1688</v>
+        <v>1685</v>
       </c>
       <c r="AW4" t="s">
-        <v>1898</v>
-[...2 lines deleted...]
-        <v>1908</v>
+        <v>1895</v>
       </c>
       <c r="BA4" t="s">
-        <v>1909</v>
+        <v>1906</v>
       </c>
       <c r="BB4" t="s">
-        <v>1908</v>
+        <v>1907</v>
+      </c>
+      <c r="BC4" t="s">
+        <v>1906</v>
       </c>
     </row>
-    <row r="5" spans="1:55">
+    <row r="5" spans="1:56">
       <c r="A5" t="s">
         <v>63</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5"/>
       <c r="D5" t="s">
         <v>25</v>
       </c>
       <c r="E5" t="s">
         <v>25</v>
       </c>
       <c r="F5"/>
       <c r="G5">
         <v>25373878</v>
       </c>
       <c r="H5" t="s">
         <v>64</v>
       </c>
       <c r="I5">
         <v>2014</v>
       </c>
       <c r="J5" t="s">
         <v>65</v>
@@ -6575,63 +6573,63 @@
       <c r="L5"/>
       <c r="M5"/>
       <c r="N5" t="s">
         <v>67</v>
       </c>
       <c r="O5"/>
       <c r="P5"/>
       <c r="Q5"/>
       <c r="R5" t="s">
         <v>68</v>
       </c>
       <c r="S5"/>
       <c r="T5" t="s">
         <v>69</v>
       </c>
       <c r="U5" t="s">
         <v>70</v>
       </c>
       <c r="V5" t="s">
         <v>71</v>
       </c>
       <c r="W5" t="s">
         <v>36</v>
       </c>
       <c r="X5" t="s">
-        <v>1689</v>
+        <v>1686</v>
       </c>
       <c r="AW5" t="s">
-        <v>1898</v>
+        <v>1895</v>
       </c>
       <c r="AX5" t="s">
-        <v>1899</v>
-[...2 lines deleted...]
-        <v>1908</v>
+        <v>1896</v>
+      </c>
+      <c r="BA5" t="s">
+        <v>1906</v>
       </c>
     </row>
-    <row r="6" spans="1:55">
+    <row r="6" spans="1:56">
       <c r="A6" t="s">
         <v>72</v>
       </c>
       <c r="B6" t="s">
         <v>73</v>
       </c>
       <c r="C6"/>
       <c r="D6" t="s">
         <v>25</v>
       </c>
       <c r="E6" t="s">
         <v>25</v>
       </c>
       <c r="F6"/>
       <c r="G6">
         <v>24190960</v>
       </c>
       <c r="H6" t="s">
         <v>74</v>
       </c>
       <c r="I6">
         <v>2014</v>
       </c>
       <c r="J6" t="s">
         <v>75</v>
@@ -6652,63 +6650,63 @@
       <c r="P6">
         <v>4</v>
       </c>
       <c r="Q6">
         <v>129</v>
       </c>
       <c r="R6" t="s">
         <v>76</v>
       </c>
       <c r="S6" t="s">
         <v>80</v>
       </c>
       <c r="T6" t="s">
         <v>81</v>
       </c>
       <c r="U6" t="s">
         <v>82</v>
       </c>
       <c r="V6" t="s">
         <v>83</v>
       </c>
       <c r="W6" t="s">
         <v>36</v>
       </c>
       <c r="X6" t="s">
-        <v>1690</v>
+        <v>1687</v>
       </c>
       <c r="AW6" t="s">
-        <v>1900</v>
-[...2 lines deleted...]
-        <v>1908</v>
+        <v>1897</v>
       </c>
       <c r="BA6" t="s">
-        <v>1908</v>
+        <v>1906</v>
+      </c>
+      <c r="BB6" t="s">
+        <v>1906</v>
       </c>
     </row>
-    <row r="7" spans="1:55">
+    <row r="7" spans="1:56">
       <c r="A7" t="s">
         <v>84</v>
       </c>
       <c r="B7" t="s">
         <v>85</v>
       </c>
       <c r="C7"/>
       <c r="D7" t="s">
         <v>25</v>
       </c>
       <c r="E7" t="s">
         <v>25</v>
       </c>
       <c r="F7"/>
       <c r="G7">
         <v>25049013</v>
       </c>
       <c r="H7" t="s">
         <v>86</v>
       </c>
       <c r="I7">
         <v>2014</v>
       </c>
       <c r="J7" t="s">
         <v>87</v>
@@ -6727,60 +6725,60 @@
         <v>91</v>
       </c>
       <c r="P7">
         <v>1</v>
       </c>
       <c r="Q7">
         <v>76</v>
       </c>
       <c r="R7" t="s">
         <v>92</v>
       </c>
       <c r="S7"/>
       <c r="T7" t="s">
         <v>93</v>
       </c>
       <c r="U7" t="s">
         <v>94</v>
       </c>
       <c r="V7" t="s">
         <v>95</v>
       </c>
       <c r="W7" t="s">
         <v>36</v>
       </c>
       <c r="X7" t="s">
-        <v>1691</v>
+        <v>1688</v>
       </c>
       <c r="AW7" t="s">
-        <v>1901</v>
-[...2 lines deleted...]
-        <v>1908</v>
+        <v>1898</v>
+      </c>
+      <c r="BA7" t="s">
+        <v>1906</v>
       </c>
     </row>
-    <row r="8" spans="1:55">
+    <row r="8" spans="1:56">
       <c r="A8" t="s">
         <v>96</v>
       </c>
       <c r="B8" t="s">
         <v>97</v>
       </c>
       <c r="C8"/>
       <c r="D8" t="s">
         <v>25</v>
       </c>
       <c r="E8" t="s">
         <v>25</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8" t="s">
         <v>98</v>
       </c>
       <c r="I8">
         <v>2013</v>
       </c>
       <c r="J8" t="s">
         <v>99</v>
       </c>
       <c r="K8" t="s">
@@ -6793,60 +6791,60 @@
       <c r="N8" t="s">
         <v>102</v>
       </c>
       <c r="O8"/>
       <c r="P8"/>
       <c r="Q8">
         <v>1</v>
       </c>
       <c r="R8" t="s">
         <v>103</v>
       </c>
       <c r="S8"/>
       <c r="T8" t="s">
         <v>104</v>
       </c>
       <c r="U8" t="s">
         <v>105</v>
       </c>
       <c r="V8" t="s">
         <v>106</v>
       </c>
       <c r="W8" t="s">
         <v>36</v>
       </c>
       <c r="X8" t="s">
-        <v>1692</v>
+        <v>1689</v>
       </c>
       <c r="AW8" t="s">
-        <v>1900</v>
-[...2 lines deleted...]
-        <v>1908</v>
+        <v>1897</v>
+      </c>
+      <c r="BA8" t="s">
+        <v>1906</v>
       </c>
     </row>
-    <row r="9" spans="1:55">
+    <row r="9" spans="1:56">
       <c r="A9" t="s">
         <v>107</v>
       </c>
       <c r="B9" t="s">
         <v>108</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
         <v>25</v>
       </c>
       <c r="E9" t="s">
         <v>25</v>
       </c>
       <c r="F9"/>
       <c r="G9">
         <v>24928273</v>
       </c>
       <c r="H9" t="s">
         <v>109</v>
       </c>
       <c r="I9">
         <v>2014</v>
       </c>
       <c r="J9" t="s">
         <v>110</v>
@@ -6867,57 +6865,57 @@
       <c r="P9">
         <v>17</v>
       </c>
       <c r="Q9">
         <v>588</v>
       </c>
       <c r="R9" t="s">
         <v>115</v>
       </c>
       <c r="S9" t="s">
         <v>116</v>
       </c>
       <c r="T9" t="s">
         <v>117</v>
       </c>
       <c r="U9" t="s">
         <v>118</v>
       </c>
       <c r="V9" t="s">
         <v>119</v>
       </c>
       <c r="W9" t="s">
         <v>36</v>
       </c>
       <c r="X9" t="s">
-        <v>1693</v>
+        <v>1690</v>
       </c>
       <c r="AW9" t="s">
-        <v>1902</v>
+        <v>1899</v>
       </c>
     </row>
-    <row r="10" spans="1:55">
+    <row r="10" spans="1:56">
       <c r="A10" t="s">
         <v>120</v>
       </c>
       <c r="B10" t="s">
         <v>73</v>
       </c>
       <c r="C10"/>
       <c r="D10" t="s">
         <v>25</v>
       </c>
       <c r="E10" t="s">
         <v>25</v>
       </c>
       <c r="F10"/>
       <c r="G10">
         <v>24667282</v>
       </c>
       <c r="H10" t="s">
         <v>121</v>
       </c>
       <c r="I10">
         <v>2014</v>
       </c>
       <c r="J10" t="s">
         <v>122</v>
@@ -6938,57 +6936,57 @@
       <c r="P10">
         <v>11</v>
       </c>
       <c r="Q10">
         <v>100</v>
       </c>
       <c r="R10" t="s">
         <v>123</v>
       </c>
       <c r="S10" t="s">
         <v>127</v>
       </c>
       <c r="T10" t="s">
         <v>128</v>
       </c>
       <c r="U10" t="s">
         <v>129</v>
       </c>
       <c r="V10" t="s">
         <v>130</v>
       </c>
       <c r="W10" t="s">
         <v>36</v>
       </c>
       <c r="X10" t="s">
-        <v>1694</v>
+        <v>1691</v>
       </c>
       <c r="AW10" t="s">
-        <v>1903</v>
+        <v>1900</v>
       </c>
     </row>
-    <row r="11" spans="1:55">
+    <row r="11" spans="1:56">
       <c r="A11" t="s">
         <v>131</v>
       </c>
       <c r="B11" t="s">
         <v>73</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
         <v>25</v>
       </c>
       <c r="E11" t="s">
         <v>25</v>
       </c>
       <c r="F11"/>
       <c r="G11">
         <v>23434590</v>
       </c>
       <c r="H11" t="s">
         <v>132</v>
       </c>
       <c r="I11">
         <v>2013</v>
       </c>
       <c r="J11" t="s">
         <v>133</v>
@@ -7007,57 +7005,57 @@
         <v>137</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
         <v>123</v>
       </c>
       <c r="R11" t="s">
         <v>138</v>
       </c>
       <c r="S11"/>
       <c r="T11" t="s">
         <v>139</v>
       </c>
       <c r="U11" t="s">
         <v>140</v>
       </c>
       <c r="V11" t="s">
         <v>141</v>
       </c>
       <c r="W11" t="s">
         <v>36</v>
       </c>
       <c r="X11" t="s">
-        <v>1695</v>
+        <v>1692</v>
       </c>
       <c r="AW11" t="s">
-        <v>1900</v>
+        <v>1897</v>
       </c>
     </row>
-    <row r="12" spans="1:55">
+    <row r="12" spans="1:56">
       <c r="A12" t="s">
         <v>142</v>
       </c>
       <c r="B12" t="s">
         <v>73</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
         <v>25</v>
       </c>
       <c r="E12" t="s">
         <v>25</v>
       </c>
       <c r="F12"/>
       <c r="G12">
         <v>23771692</v>
       </c>
       <c r="H12" t="s">
         <v>143</v>
       </c>
       <c r="I12">
         <v>2013</v>
       </c>
       <c r="J12" t="s">
         <v>144</v>
@@ -7078,57 +7076,57 @@
       <c r="P12">
         <v>4</v>
       </c>
       <c r="Q12">
         <v>305</v>
       </c>
       <c r="R12" t="s">
         <v>149</v>
       </c>
       <c r="S12" t="s">
         <v>150</v>
       </c>
       <c r="T12" t="s">
         <v>151</v>
       </c>
       <c r="U12" t="s">
         <v>140</v>
       </c>
       <c r="V12" t="s">
         <v>141</v>
       </c>
       <c r="W12" t="s">
         <v>36</v>
       </c>
       <c r="X12" t="s">
-        <v>1696</v>
+        <v>1693</v>
       </c>
       <c r="AW12" t="s">
-        <v>1904</v>
+        <v>1901</v>
       </c>
     </row>
-    <row r="13" spans="1:55">
+    <row r="13" spans="1:56">
       <c r="A13" t="s">
         <v>152</v>
       </c>
       <c r="B13" t="s">
         <v>97</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
         <v>25</v>
       </c>
       <c r="E13" t="s">
         <v>25</v>
       </c>
       <c r="F13"/>
       <c r="G13">
         <v>23792436</v>
       </c>
       <c r="H13" t="s">
         <v>153</v>
       </c>
       <c r="I13">
         <v>2013</v>
       </c>
       <c r="J13" t="s">
         <v>154</v>
@@ -7149,60 +7147,60 @@
       <c r="P13">
         <v>2</v>
       </c>
       <c r="Q13">
         <v>11</v>
       </c>
       <c r="R13" t="s">
         <v>159</v>
       </c>
       <c r="S13" t="s">
         <v>160</v>
       </c>
       <c r="T13" t="s">
         <v>161</v>
       </c>
       <c r="U13" t="s">
         <v>119</v>
       </c>
       <c r="V13" t="s">
         <v>106</v>
       </c>
       <c r="W13" t="s">
         <v>36</v>
       </c>
       <c r="X13" t="s">
-        <v>1697</v>
+        <v>1694</v>
       </c>
       <c r="AW13" t="s">
-        <v>1905</v>
+        <v>1902</v>
       </c>
       <c r="AX13" t="s">
-        <v>1901</v>
+        <v>1898</v>
       </c>
     </row>
-    <row r="14" spans="1:55">
+    <row r="14" spans="1:56">
       <c r="A14" t="s">
         <v>162</v>
       </c>
       <c r="B14" t="s">
         <v>163</v>
       </c>
       <c r="C14"/>
       <c r="D14" t="s">
         <v>25</v>
       </c>
       <c r="E14" t="s">
         <v>25</v>
       </c>
       <c r="F14"/>
       <c r="G14">
         <v>24812278</v>
       </c>
       <c r="H14" t="s">
         <v>164</v>
       </c>
       <c r="I14">
         <v>2014</v>
       </c>
       <c r="J14" t="s">
         <v>165</v>
@@ -7219,57 +7217,57 @@
       </c>
       <c r="O14" t="s">
         <v>169</v>
       </c>
       <c r="P14"/>
       <c r="Q14"/>
       <c r="R14" t="s">
         <v>170</v>
       </c>
       <c r="S14" t="s">
         <v>171</v>
       </c>
       <c r="T14" t="s">
         <v>172</v>
       </c>
       <c r="U14" t="s">
         <v>173</v>
       </c>
       <c r="V14" t="s">
         <v>174</v>
       </c>
       <c r="W14" t="s">
         <v>36</v>
       </c>
       <c r="X14" t="s">
-        <v>1698</v>
+        <v>1695</v>
       </c>
       <c r="AW14" t="s">
-        <v>1900</v>
+        <v>1897</v>
       </c>
     </row>
-    <row r="15" spans="1:55">
+    <row r="15" spans="1:56">
       <c r="A15" t="s">
         <v>175</v>
       </c>
       <c r="B15" t="s">
         <v>163</v>
       </c>
       <c r="C15"/>
       <c r="D15" t="s">
         <v>25</v>
       </c>
       <c r="E15" t="s">
         <v>25</v>
       </c>
       <c r="F15"/>
       <c r="G15">
         <v>23877259</v>
       </c>
       <c r="H15" t="s">
         <v>176</v>
       </c>
       <c r="I15">
         <v>2013</v>
       </c>
       <c r="J15" t="s">
         <v>177</v>
@@ -7290,60 +7288,60 @@
       <c r="P15">
         <v>9</v>
       </c>
       <c r="Q15">
         <v>128</v>
       </c>
       <c r="R15" t="s">
         <v>76</v>
       </c>
       <c r="S15" t="s">
         <v>180</v>
       </c>
       <c r="T15" t="s">
         <v>181</v>
       </c>
       <c r="U15" t="s">
         <v>182</v>
       </c>
       <c r="V15" t="s">
         <v>183</v>
       </c>
       <c r="W15" t="s">
         <v>36</v>
       </c>
       <c r="X15" t="s">
-        <v>1699</v>
+        <v>1696</v>
       </c>
       <c r="AW15" t="s">
-        <v>1900</v>
+        <v>1897</v>
       </c>
       <c r="AX15" t="s">
-        <v>1906</v>
+        <v>1903</v>
       </c>
     </row>
-    <row r="16" spans="1:55">
+    <row r="16" spans="1:56">
       <c r="A16" t="s">
         <v>184</v>
       </c>
       <c r="B16" t="s">
         <v>163</v>
       </c>
       <c r="C16"/>
       <c r="D16" t="s">
         <v>25</v>
       </c>
       <c r="E16" t="s">
         <v>25</v>
       </c>
       <c r="F16"/>
       <c r="G16">
         <v>25201344</v>
       </c>
       <c r="H16" t="s">
         <v>185</v>
       </c>
       <c r="I16">
         <v>2014</v>
       </c>
       <c r="J16" t="s">
         <v>186</v>
@@ -7358,57 +7356,57 @@
       <c r="N16" t="s">
         <v>189</v>
       </c>
       <c r="O16"/>
       <c r="P16"/>
       <c r="Q16"/>
       <c r="R16" t="s">
         <v>190</v>
       </c>
       <c r="S16" t="s">
         <v>191</v>
       </c>
       <c r="T16" t="s">
         <v>192</v>
       </c>
       <c r="U16" t="s">
         <v>182</v>
       </c>
       <c r="V16" t="s">
         <v>183</v>
       </c>
       <c r="W16" t="s">
         <v>36</v>
       </c>
       <c r="X16" t="s">
-        <v>1700</v>
+        <v>1697</v>
       </c>
       <c r="AW16" t="s">
-        <v>1905</v>
+        <v>1902</v>
       </c>
     </row>
-    <row r="17" spans="1:55">
+    <row r="17" spans="1:56">
       <c r="A17" t="s">
         <v>193</v>
       </c>
       <c r="B17" t="s">
         <v>163</v>
       </c>
       <c r="C17"/>
       <c r="D17" t="s">
         <v>25</v>
       </c>
       <c r="E17" t="s">
         <v>25</v>
       </c>
       <c r="F17"/>
       <c r="G17">
         <v>23159442</v>
       </c>
       <c r="H17" t="s">
         <v>194</v>
       </c>
       <c r="I17">
         <v>2013</v>
       </c>
       <c r="J17" t="s">
         <v>195</v>
@@ -7425,57 +7423,57 @@
       </c>
       <c r="O17" t="s">
         <v>199</v>
       </c>
       <c r="P17"/>
       <c r="Q17">
         <v>58</v>
       </c>
       <c r="R17" t="s">
         <v>200</v>
       </c>
       <c r="S17"/>
       <c r="T17" t="s">
         <v>201</v>
       </c>
       <c r="U17" t="s">
         <v>182</v>
       </c>
       <c r="V17" t="s">
         <v>174</v>
       </c>
       <c r="W17" t="s">
         <v>36</v>
       </c>
       <c r="X17" t="s">
-        <v>1701</v>
+        <v>1698</v>
       </c>
       <c r="AW17" t="s">
-        <v>1901</v>
+        <v>1898</v>
       </c>
     </row>
-    <row r="18" spans="1:55">
+    <row r="18" spans="1:56">
       <c r="A18" t="s">
         <v>202</v>
       </c>
       <c r="B18" t="s">
         <v>163</v>
       </c>
       <c r="C18"/>
       <c r="D18" t="s">
         <v>25</v>
       </c>
       <c r="E18" t="s">
         <v>25</v>
       </c>
       <c r="F18"/>
       <c r="G18">
         <v>22932727</v>
       </c>
       <c r="H18" t="s">
         <v>203</v>
       </c>
       <c r="I18">
         <v>2013</v>
       </c>
       <c r="J18" t="s">
         <v>204</v>
@@ -7496,57 +7494,57 @@
       <c r="P18">
         <v>4</v>
       </c>
       <c r="Q18">
         <v>18</v>
       </c>
       <c r="R18" t="s">
         <v>209</v>
       </c>
       <c r="S18" t="s">
         <v>210</v>
       </c>
       <c r="T18" t="s">
         <v>211</v>
       </c>
       <c r="U18" t="s">
         <v>182</v>
       </c>
       <c r="V18" t="s">
         <v>183</v>
       </c>
       <c r="W18" t="s">
         <v>36</v>
       </c>
       <c r="X18" t="s">
-        <v>1702</v>
+        <v>1699</v>
       </c>
       <c r="AW18" t="s">
-        <v>1900</v>
+        <v>1898</v>
       </c>
     </row>
-    <row r="19" spans="1:55">
+    <row r="19" spans="1:56">
       <c r="A19" t="s">
         <v>212</v>
       </c>
       <c r="B19" t="s">
         <v>163</v>
       </c>
       <c r="C19"/>
       <c r="D19" t="s">
         <v>25</v>
       </c>
       <c r="E19" t="s">
         <v>25</v>
       </c>
       <c r="F19"/>
       <c r="G19"/>
       <c r="H19"/>
       <c r="I19">
         <v>2014</v>
       </c>
       <c r="J19" t="s">
         <v>213</v>
       </c>
       <c r="K19" t="s">
         <v>214</v>
       </c>
@@ -7559,54 +7557,57 @@
       </c>
       <c r="O19" t="s">
         <v>217</v>
       </c>
       <c r="P19">
         <v>21</v>
       </c>
       <c r="Q19">
         <v>7</v>
       </c>
       <c r="R19"/>
       <c r="S19"/>
       <c r="T19" t="s">
         <v>218</v>
       </c>
       <c r="U19" t="s">
         <v>219</v>
       </c>
       <c r="V19" t="s">
         <v>174</v>
       </c>
       <c r="W19" t="s">
         <v>36</v>
       </c>
       <c r="X19" t="s">
-        <v>1703</v>
+        <v>1700</v>
+      </c>
+      <c r="AW19" t="s">
+        <v>1897</v>
       </c>
     </row>
-    <row r="20" spans="1:55">
+    <row r="20" spans="1:56">
       <c r="A20" t="s">
         <v>220</v>
       </c>
       <c r="B20" t="s">
         <v>73</v>
       </c>
       <c r="C20"/>
       <c r="D20" t="s">
         <v>25</v>
       </c>
       <c r="E20" t="s">
         <v>25</v>
       </c>
       <c r="F20"/>
       <c r="G20">
         <v>23709029</v>
       </c>
       <c r="H20" t="s">
         <v>221</v>
       </c>
       <c r="I20">
         <v>2013</v>
       </c>
       <c r="J20" t="s">
         <v>222</v>
@@ -7625,54 +7626,54 @@
         <v>226</v>
       </c>
       <c r="P20"/>
       <c r="Q20">
         <v>1020</v>
       </c>
       <c r="R20" t="s">
         <v>227</v>
       </c>
       <c r="S20" t="s">
         <v>228</v>
       </c>
       <c r="T20" t="s">
         <v>229</v>
       </c>
       <c r="U20" t="s">
         <v>230</v>
       </c>
       <c r="V20" t="s">
         <v>231</v>
       </c>
       <c r="W20" t="s">
         <v>36</v>
       </c>
       <c r="X20" t="s">
-        <v>1704</v>
+        <v>1701</v>
       </c>
     </row>
-    <row r="21" spans="1:55">
+    <row r="21" spans="1:56">
       <c r="A21" t="s">
         <v>232</v>
       </c>
       <c r="B21" t="s">
         <v>73</v>
       </c>
       <c r="C21"/>
       <c r="D21" t="s">
         <v>25</v>
       </c>
       <c r="E21" t="s">
         <v>25</v>
       </c>
       <c r="F21"/>
       <c r="G21">
         <v>24599804</v>
       </c>
       <c r="H21" t="s">
         <v>233</v>
       </c>
       <c r="I21">
         <v>2014</v>
       </c>
       <c r="J21" t="s">
         <v>234</v>
@@ -7693,54 +7694,54 @@
       <c r="P21">
         <v>8</v>
       </c>
       <c r="Q21">
         <v>114</v>
       </c>
       <c r="R21" t="s">
         <v>239</v>
       </c>
       <c r="S21" t="s">
         <v>240</v>
       </c>
       <c r="T21" t="s">
         <v>241</v>
       </c>
       <c r="U21" t="s">
         <v>230</v>
       </c>
       <c r="V21" t="s">
         <v>231</v>
       </c>
       <c r="W21" t="s">
         <v>36</v>
       </c>
       <c r="X21" t="s">
-        <v>1705</v>
+        <v>1702</v>
       </c>
     </row>
-    <row r="22" spans="1:55">
+    <row r="22" spans="1:56">
       <c r="A22" t="s">
         <v>242</v>
       </c>
       <c r="B22" t="s">
         <v>243</v>
       </c>
       <c r="C22"/>
       <c r="D22" t="s">
         <v>25</v>
       </c>
       <c r="E22" t="s">
         <v>25</v>
       </c>
       <c r="F22"/>
       <c r="G22"/>
       <c r="H22" t="s">
         <v>244</v>
       </c>
       <c r="I22">
         <v>2013</v>
       </c>
       <c r="J22" t="s">
         <v>245</v>
       </c>
       <c r="K22" t="s">
@@ -7757,54 +7758,54 @@
         <v>249</v>
       </c>
       <c r="P22">
         <v>3</v>
       </c>
       <c r="Q22">
         <v>25</v>
       </c>
       <c r="R22" t="s">
         <v>250</v>
       </c>
       <c r="S22"/>
       <c r="T22" t="s">
         <v>251</v>
       </c>
       <c r="U22" t="s">
         <v>252</v>
       </c>
       <c r="V22" t="s">
         <v>253</v>
       </c>
       <c r="W22" t="s">
         <v>36</v>
       </c>
       <c r="X22" t="s">
-        <v>1706</v>
+        <v>1703</v>
       </c>
     </row>
-    <row r="23" spans="1:55">
+    <row r="23" spans="1:56">
       <c r="A23" t="s">
         <v>254</v>
       </c>
       <c r="B23" t="s">
         <v>24</v>
       </c>
       <c r="C23"/>
       <c r="D23" t="s">
         <v>25</v>
       </c>
       <c r="E23" t="s">
         <v>25</v>
       </c>
       <c r="F23"/>
       <c r="G23">
         <v>23213108</v>
       </c>
       <c r="H23" t="s">
         <v>255</v>
       </c>
       <c r="I23">
         <v>2013</v>
       </c>
       <c r="J23" t="s">
         <v>256</v>
@@ -7825,54 +7826,54 @@
       <c r="P23">
         <v>3</v>
       </c>
       <c r="Q23">
         <v>97</v>
       </c>
       <c r="R23" t="s">
         <v>170</v>
       </c>
       <c r="S23" t="s">
         <v>259</v>
       </c>
       <c r="T23" t="s">
         <v>260</v>
       </c>
       <c r="U23" t="s">
         <v>261</v>
       </c>
       <c r="V23" t="s">
         <v>71</v>
       </c>
       <c r="W23" t="s">
         <v>36</v>
       </c>
       <c r="X23" t="s">
-        <v>1707</v>
+        <v>1704</v>
       </c>
     </row>
-    <row r="24" spans="1:55">
+    <row r="24" spans="1:56">
       <c r="A24" t="s">
         <v>262</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24"/>
       <c r="D24" t="s">
         <v>25</v>
       </c>
       <c r="E24" t="s">
         <v>25</v>
       </c>
       <c r="F24"/>
       <c r="G24">
         <v>23283722</v>
       </c>
       <c r="H24" t="s">
         <v>263</v>
       </c>
       <c r="I24">
         <v>2013</v>
       </c>
       <c r="J24" t="s">
         <v>264</v>
@@ -7893,54 +7894,54 @@
       <c r="P24">
         <v>4</v>
       </c>
       <c r="Q24">
         <v>112</v>
       </c>
       <c r="R24" t="s">
         <v>239</v>
       </c>
       <c r="S24" t="s">
         <v>268</v>
       </c>
       <c r="T24" t="s">
         <v>269</v>
       </c>
       <c r="U24" t="s">
         <v>261</v>
       </c>
       <c r="V24" t="s">
         <v>71</v>
       </c>
       <c r="W24" t="s">
         <v>36</v>
       </c>
       <c r="X24" t="s">
-        <v>1708</v>
+        <v>1705</v>
       </c>
     </row>
-    <row r="25" spans="1:55">
+    <row r="25" spans="1:56">
       <c r="A25" t="s">
         <v>270</v>
       </c>
       <c r="B25" t="s">
         <v>271</v>
       </c>
       <c r="C25"/>
       <c r="D25" t="s">
         <v>25</v>
       </c>
       <c r="E25" t="s">
         <v>25</v>
       </c>
       <c r="F25"/>
       <c r="G25">
         <v>23740213</v>
       </c>
       <c r="H25" t="s">
         <v>272</v>
       </c>
       <c r="I25">
         <v>2013</v>
       </c>
       <c r="J25" t="s">
         <v>273</v>
@@ -7961,54 +7962,54 @@
       <c r="P25">
         <v>4</v>
       </c>
       <c r="Q25">
         <v>108</v>
       </c>
       <c r="R25" t="s">
         <v>277</v>
       </c>
       <c r="S25" t="s">
         <v>278</v>
       </c>
       <c r="T25" t="s">
         <v>279</v>
       </c>
       <c r="U25" t="s">
         <v>280</v>
       </c>
       <c r="V25" t="s">
         <v>281</v>
       </c>
       <c r="W25" t="s">
         <v>36</v>
       </c>
       <c r="X25" t="s">
-        <v>1709</v>
+        <v>1706</v>
       </c>
     </row>
-    <row r="26" spans="1:55">
+    <row r="26" spans="1:56">
       <c r="A26" t="s">
         <v>282</v>
       </c>
       <c r="B26" t="s">
         <v>73</v>
       </c>
       <c r="C26"/>
       <c r="D26" t="s">
         <v>25</v>
       </c>
       <c r="E26" t="s">
         <v>25</v>
       </c>
       <c r="F26"/>
       <c r="G26">
         <v>24051368</v>
       </c>
       <c r="H26" t="s">
         <v>283</v>
       </c>
       <c r="I26">
         <v>2013</v>
       </c>
       <c r="J26" t="s">
         <v>284</v>
@@ -8027,54 +8028,54 @@
         <v>286</v>
       </c>
       <c r="P26"/>
       <c r="Q26">
         <v>64</v>
       </c>
       <c r="R26" t="s">
         <v>200</v>
       </c>
       <c r="S26" t="s">
         <v>287</v>
       </c>
       <c r="T26" t="s">
         <v>288</v>
       </c>
       <c r="U26" t="s">
         <v>289</v>
       </c>
       <c r="V26" t="s">
         <v>290</v>
       </c>
       <c r="W26" t="s">
         <v>36</v>
       </c>
       <c r="X26" t="s">
-        <v>1710</v>
+        <v>1707</v>
       </c>
     </row>
-    <row r="27" spans="1:55">
+    <row r="27" spans="1:56">
       <c r="A27" t="s">
         <v>291</v>
       </c>
       <c r="B27" t="s">
         <v>292</v>
       </c>
       <c r="C27"/>
       <c r="D27" t="s">
         <v>25</v>
       </c>
       <c r="E27" t="s">
         <v>25</v>
       </c>
       <c r="F27"/>
       <c r="G27">
         <v>23504549</v>
       </c>
       <c r="H27" t="s">
         <v>293</v>
       </c>
       <c r="I27">
         <v>2013</v>
       </c>
       <c r="J27" t="s">
         <v>294</v>
@@ -8095,54 +8096,54 @@
       <c r="P27">
         <v>2</v>
       </c>
       <c r="Q27">
         <v>98</v>
       </c>
       <c r="R27" t="s">
         <v>170</v>
       </c>
       <c r="S27" t="s">
         <v>297</v>
       </c>
       <c r="T27" t="s">
         <v>298</v>
       </c>
       <c r="U27" t="s">
         <v>299</v>
       </c>
       <c r="V27" t="s">
         <v>300</v>
       </c>
       <c r="W27" t="s">
         <v>36</v>
       </c>
       <c r="X27" t="s">
-        <v>1711</v>
+        <v>1708</v>
       </c>
     </row>
-    <row r="28" spans="1:55">
+    <row r="28" spans="1:56">
       <c r="A28" t="s">
         <v>301</v>
       </c>
       <c r="B28" t="s">
         <v>292</v>
       </c>
       <c r="C28"/>
       <c r="D28" t="s">
         <v>25</v>
       </c>
       <c r="E28" t="s">
         <v>25</v>
       </c>
       <c r="F28"/>
       <c r="G28">
         <v>23219451</v>
       </c>
       <c r="H28" t="s">
         <v>302</v>
       </c>
       <c r="I28">
         <v>2013</v>
       </c>
       <c r="J28" t="s">
         <v>303</v>
@@ -8161,54 +8162,54 @@
         <v>305</v>
       </c>
       <c r="P28"/>
       <c r="Q28">
         <v>58</v>
       </c>
       <c r="R28" t="s">
         <v>200</v>
       </c>
       <c r="S28" t="s">
         <v>306</v>
       </c>
       <c r="T28" t="s">
         <v>307</v>
       </c>
       <c r="U28" t="s">
         <v>299</v>
       </c>
       <c r="V28" t="s">
         <v>300</v>
       </c>
       <c r="W28" t="s">
         <v>36</v>
       </c>
       <c r="X28" t="s">
-        <v>1712</v>
+        <v>1709</v>
       </c>
     </row>
-    <row r="29" spans="1:55">
+    <row r="29" spans="1:56">
       <c r="A29" t="s">
         <v>308</v>
       </c>
       <c r="B29" t="s">
         <v>163</v>
       </c>
       <c r="C29"/>
       <c r="D29" t="s">
         <v>25</v>
       </c>
       <c r="E29" t="s">
         <v>25</v>
       </c>
       <c r="F29"/>
       <c r="G29">
         <v>24631768</v>
       </c>
       <c r="H29" t="s">
         <v>309</v>
       </c>
       <c r="I29">
         <v>2014</v>
       </c>
       <c r="J29" t="s">
         <v>310</v>
@@ -8227,54 +8228,54 @@
         <v>312</v>
       </c>
       <c r="P29"/>
       <c r="Q29">
         <v>73</v>
       </c>
       <c r="R29" t="s">
         <v>200</v>
       </c>
       <c r="S29" t="s">
         <v>313</v>
       </c>
       <c r="T29" t="s">
         <v>314</v>
       </c>
       <c r="U29" t="s">
         <v>315</v>
       </c>
       <c r="V29" t="s">
         <v>174</v>
       </c>
       <c r="W29" t="s">
         <v>36</v>
       </c>
       <c r="X29" t="s">
-        <v>1713</v>
+        <v>1710</v>
       </c>
     </row>
-    <row r="30" spans="1:55">
+    <row r="30" spans="1:56">
       <c r="A30" t="s">
         <v>316</v>
       </c>
       <c r="B30" t="s">
         <v>24</v>
       </c>
       <c r="C30"/>
       <c r="D30" t="s">
         <v>25</v>
       </c>
       <c r="E30" t="s">
         <v>25</v>
       </c>
       <c r="F30"/>
       <c r="G30">
         <v>24421331</v>
       </c>
       <c r="H30" t="s">
         <v>317</v>
       </c>
       <c r="I30">
         <v>2014</v>
       </c>
       <c r="J30" t="s">
         <v>318</v>
@@ -8293,54 +8294,54 @@
         <v>322</v>
       </c>
       <c r="P30">
         <v>2</v>
       </c>
       <c r="Q30">
         <v>204</v>
       </c>
       <c r="R30" t="s">
         <v>323</v>
       </c>
       <c r="S30"/>
       <c r="T30" t="s">
         <v>324</v>
       </c>
       <c r="U30" t="s">
         <v>325</v>
       </c>
       <c r="V30" t="s">
         <v>71</v>
       </c>
       <c r="W30" t="s">
         <v>36</v>
       </c>
       <c r="X30" t="s">
-        <v>1714</v>
+        <v>1711</v>
       </c>
     </row>
-    <row r="31" spans="1:55">
+    <row r="31" spans="1:56">
       <c r="A31" t="s">
         <v>326</v>
       </c>
       <c r="B31" t="s">
         <v>163</v>
       </c>
       <c r="C31"/>
       <c r="D31" t="s">
         <v>25</v>
       </c>
       <c r="E31" t="s">
         <v>25</v>
       </c>
       <c r="F31"/>
       <c r="G31">
         <v>25124496</v>
       </c>
       <c r="H31" t="s">
         <v>327</v>
       </c>
       <c r="I31">
         <v>2014</v>
       </c>
       <c r="J31" t="s">
         <v>328</v>
@@ -8361,54 +8362,54 @@
       <c r="P31">
         <v>15</v>
       </c>
       <c r="Q31">
         <v>130</v>
       </c>
       <c r="R31" t="s">
         <v>76</v>
       </c>
       <c r="S31" t="s">
         <v>331</v>
       </c>
       <c r="T31" t="s">
         <v>332</v>
       </c>
       <c r="U31" t="s">
         <v>333</v>
       </c>
       <c r="V31" t="s">
         <v>334</v>
       </c>
       <c r="W31" t="s">
         <v>36</v>
       </c>
       <c r="X31" t="s">
-        <v>1715</v>
+        <v>1712</v>
       </c>
     </row>
-    <row r="32" spans="1:55">
+    <row r="32" spans="1:56">
       <c r="A32" t="s">
         <v>335</v>
       </c>
       <c r="B32" t="s">
         <v>292</v>
       </c>
       <c r="C32"/>
       <c r="D32" t="s">
         <v>25</v>
       </c>
       <c r="E32" t="s">
         <v>25</v>
       </c>
       <c r="F32"/>
       <c r="G32">
         <v>23064508</v>
       </c>
       <c r="H32" t="s">
         <v>336</v>
       </c>
       <c r="I32">
         <v>2013</v>
       </c>
       <c r="J32" t="s">
         <v>337</v>
@@ -8429,54 +8430,54 @@
       <c r="P32">
         <v>3</v>
       </c>
       <c r="Q32">
         <v>98</v>
       </c>
       <c r="R32" t="s">
         <v>342</v>
       </c>
       <c r="S32" t="s">
         <v>343</v>
       </c>
       <c r="T32" t="s">
         <v>344</v>
       </c>
       <c r="U32" t="s">
         <v>300</v>
       </c>
       <c r="V32" t="s">
         <v>300</v>
       </c>
       <c r="W32" t="s">
         <v>36</v>
       </c>
       <c r="X32" t="s">
-        <v>1716</v>
+        <v>1713</v>
       </c>
     </row>
-    <row r="33" spans="1:55">
+    <row r="33" spans="1:56">
       <c r="A33" t="s">
         <v>345</v>
       </c>
       <c r="B33" t="s">
         <v>24</v>
       </c>
       <c r="C33"/>
       <c r="D33" t="s">
         <v>25</v>
       </c>
       <c r="E33" t="s">
         <v>25</v>
       </c>
       <c r="F33"/>
       <c r="G33">
         <v>24625729</v>
       </c>
       <c r="H33" t="s">
         <v>346</v>
       </c>
       <c r="I33">
         <v>2014</v>
       </c>
       <c r="J33" t="s">
         <v>347</v>
@@ -8495,54 +8496,54 @@
         <v>349</v>
       </c>
       <c r="P33">
         <v>6</v>
       </c>
       <c r="Q33">
         <v>114</v>
       </c>
       <c r="R33" t="s">
         <v>239</v>
       </c>
       <c r="S33"/>
       <c r="T33" t="s">
         <v>350</v>
       </c>
       <c r="U33" t="s">
         <v>71</v>
       </c>
       <c r="V33" t="s">
         <v>261</v>
       </c>
       <c r="W33" t="s">
         <v>36</v>
       </c>
       <c r="X33" t="s">
-        <v>1717</v>
+        <v>1714</v>
       </c>
     </row>
-    <row r="34" spans="1:55">
+    <row r="34" spans="1:56">
       <c r="A34" t="s">
         <v>351</v>
       </c>
       <c r="B34" t="s">
         <v>163</v>
       </c>
       <c r="C34"/>
       <c r="D34" t="s">
         <v>25</v>
       </c>
       <c r="E34" t="s">
         <v>25</v>
       </c>
       <c r="F34"/>
       <c r="G34">
         <v>23862619</v>
       </c>
       <c r="H34" t="s">
         <v>352</v>
       </c>
       <c r="I34">
         <v>2014</v>
       </c>
       <c r="J34" t="s">
         <v>353</v>
@@ -8563,54 +8564,54 @@
       <c r="P34">
         <v>11</v>
       </c>
       <c r="Q34">
         <v>21</v>
       </c>
       <c r="R34" t="s">
         <v>358</v>
       </c>
       <c r="S34" t="s">
         <v>359</v>
       </c>
       <c r="T34" t="s">
         <v>360</v>
       </c>
       <c r="U34" t="s">
         <v>174</v>
       </c>
       <c r="V34" t="s">
         <v>174</v>
       </c>
       <c r="W34" t="s">
         <v>36</v>
       </c>
       <c r="X34" t="s">
-        <v>1718</v>
+        <v>1715</v>
       </c>
     </row>
-    <row r="35" spans="1:55">
+    <row r="35" spans="1:56">
       <c r="A35" t="s">
         <v>361</v>
       </c>
       <c r="B35" t="s">
         <v>163</v>
       </c>
       <c r="C35"/>
       <c r="D35" t="s">
         <v>25</v>
       </c>
       <c r="E35" t="s">
         <v>25</v>
       </c>
       <c r="F35"/>
       <c r="G35">
         <v>22767404</v>
       </c>
       <c r="H35" t="s">
         <v>362</v>
       </c>
       <c r="I35">
         <v>2012</v>
       </c>
       <c r="J35" t="s">
         <v>363</v>
@@ -8629,54 +8630,54 @@
         <v>367</v>
       </c>
       <c r="P35">
         <v>3</v>
       </c>
       <c r="Q35">
         <v>9</v>
       </c>
       <c r="R35" t="s">
         <v>368</v>
       </c>
       <c r="S35"/>
       <c r="T35" t="s">
         <v>360</v>
       </c>
       <c r="U35" t="s">
         <v>174</v>
       </c>
       <c r="V35" t="s">
         <v>174</v>
       </c>
       <c r="W35" t="s">
         <v>36</v>
       </c>
       <c r="X35" t="s">
-        <v>1719</v>
+        <v>1716</v>
       </c>
     </row>
-    <row r="36" spans="1:55">
+    <row r="36" spans="1:56">
       <c r="A36" t="s">
         <v>369</v>
       </c>
       <c r="B36" t="s">
         <v>163</v>
       </c>
       <c r="C36"/>
       <c r="D36" t="s">
         <v>25</v>
       </c>
       <c r="E36" t="s">
         <v>25</v>
       </c>
       <c r="F36"/>
       <c r="G36">
         <v>24621836</v>
       </c>
       <c r="H36" t="s">
         <v>370</v>
       </c>
       <c r="I36">
         <v>2013</v>
       </c>
       <c r="J36" t="s">
         <v>371</v>
@@ -8697,54 +8698,54 @@
       <c r="P36">
         <v>2</v>
       </c>
       <c r="Q36">
         <v>1</v>
       </c>
       <c r="R36" t="s">
         <v>376</v>
       </c>
       <c r="S36" t="s">
         <v>377</v>
       </c>
       <c r="T36" t="s">
         <v>378</v>
       </c>
       <c r="U36" t="s">
         <v>174</v>
       </c>
       <c r="V36" t="s">
         <v>379</v>
       </c>
       <c r="W36" t="s">
         <v>36</v>
       </c>
       <c r="X36" t="s">
-        <v>1720</v>
+        <v>1717</v>
       </c>
     </row>
-    <row r="37" spans="1:55">
+    <row r="37" spans="1:56">
       <c r="A37" t="s">
         <v>380</v>
       </c>
       <c r="B37" t="s">
         <v>163</v>
       </c>
       <c r="C37"/>
       <c r="D37" t="s">
         <v>25</v>
       </c>
       <c r="E37" t="s">
         <v>25</v>
       </c>
       <c r="F37"/>
       <c r="G37">
         <v>23500390</v>
       </c>
       <c r="H37" t="s">
         <v>381</v>
       </c>
       <c r="I37">
         <v>2013</v>
       </c>
       <c r="J37" t="s">
         <v>382</v>
@@ -8763,54 +8764,54 @@
         <v>384</v>
       </c>
       <c r="P37"/>
       <c r="Q37">
         <v>61</v>
       </c>
       <c r="R37" t="s">
         <v>200</v>
       </c>
       <c r="S37" t="s">
         <v>385</v>
       </c>
       <c r="T37" t="s">
         <v>386</v>
       </c>
       <c r="U37" t="s">
         <v>174</v>
       </c>
       <c r="V37" t="s">
         <v>183</v>
       </c>
       <c r="W37" t="s">
         <v>36</v>
       </c>
       <c r="X37" t="s">
-        <v>1721</v>
+        <v>1718</v>
       </c>
     </row>
-    <row r="38" spans="1:55">
+    <row r="38" spans="1:56">
       <c r="A38" t="s">
         <v>387</v>
       </c>
       <c r="B38" t="s">
         <v>73</v>
       </c>
       <c r="C38"/>
       <c r="D38" t="s">
         <v>25</v>
       </c>
       <c r="E38" t="s">
         <v>25</v>
       </c>
       <c r="F38"/>
       <c r="G38">
         <v>23810893</v>
       </c>
       <c r="H38" t="s">
         <v>388</v>
       </c>
       <c r="I38">
         <v>2013</v>
       </c>
       <c r="J38" t="s">
         <v>389</v>
@@ -8831,54 +8832,54 @@
       <c r="P38">
         <v>17</v>
       </c>
       <c r="Q38">
         <v>62</v>
       </c>
       <c r="R38" t="s">
         <v>394</v>
       </c>
       <c r="S38" t="s">
         <v>395</v>
       </c>
       <c r="T38" t="s">
         <v>396</v>
       </c>
       <c r="U38" t="s">
         <v>397</v>
       </c>
       <c r="V38" t="s">
         <v>130</v>
       </c>
       <c r="W38" t="s">
         <v>36</v>
       </c>
       <c r="X38" t="s">
-        <v>1722</v>
+        <v>1719</v>
       </c>
     </row>
-    <row r="39" spans="1:55">
+    <row r="39" spans="1:56">
       <c r="A39" t="s">
         <v>398</v>
       </c>
       <c r="B39" t="s">
         <v>243</v>
       </c>
       <c r="C39"/>
       <c r="D39" t="s">
         <v>25</v>
       </c>
       <c r="E39" t="s">
         <v>25</v>
       </c>
       <c r="F39"/>
       <c r="G39">
         <v>23920882</v>
       </c>
       <c r="H39" t="s">
         <v>399</v>
       </c>
       <c r="I39">
         <v>2013</v>
       </c>
       <c r="J39" t="s">
         <v>400</v>
@@ -8897,54 +8898,54 @@
         <v>1108</v>
       </c>
       <c r="P39"/>
       <c r="Q39">
         <v>192</v>
       </c>
       <c r="R39" t="s">
         <v>404</v>
       </c>
       <c r="S39" t="s">
         <v>405</v>
       </c>
       <c r="T39" t="s">
         <v>406</v>
       </c>
       <c r="U39" t="s">
         <v>407</v>
       </c>
       <c r="V39" t="s">
         <v>408</v>
       </c>
       <c r="W39" t="s">
         <v>36</v>
       </c>
       <c r="X39" t="s">
-        <v>1723</v>
+        <v>1720</v>
       </c>
     </row>
-    <row r="40" spans="1:55">
+    <row r="40" spans="1:56">
       <c r="A40" t="s">
         <v>409</v>
       </c>
       <c r="B40" t="s">
         <v>163</v>
       </c>
       <c r="C40"/>
       <c r="D40" t="s">
         <v>25</v>
       </c>
       <c r="E40" t="s">
         <v>25</v>
       </c>
       <c r="F40"/>
       <c r="G40">
         <v>24600393</v>
       </c>
       <c r="H40" t="s">
         <v>410</v>
       </c>
       <c r="I40">
         <v>2014</v>
       </c>
       <c r="J40" t="s">
         <v>411</v>
@@ -8961,54 +8962,54 @@
       </c>
       <c r="O40"/>
       <c r="P40"/>
       <c r="Q40">
         <v>5</v>
       </c>
       <c r="R40" t="s">
         <v>415</v>
       </c>
       <c r="S40" t="s">
         <v>416</v>
       </c>
       <c r="T40" t="s">
         <v>417</v>
       </c>
       <c r="U40" t="s">
         <v>418</v>
       </c>
       <c r="V40" t="s">
         <v>419</v>
       </c>
       <c r="W40" t="s">
         <v>36</v>
       </c>
       <c r="X40" t="s">
-        <v>1724</v>
+        <v>1721</v>
       </c>
     </row>
-    <row r="41" spans="1:55">
+    <row r="41" spans="1:56">
       <c r="A41" t="s">
         <v>420</v>
       </c>
       <c r="B41" t="s">
         <v>163</v>
       </c>
       <c r="C41"/>
       <c r="D41" t="s">
         <v>25</v>
       </c>
       <c r="E41" t="s">
         <v>25</v>
       </c>
       <c r="F41"/>
       <c r="G41">
         <v>23740218</v>
       </c>
       <c r="H41" t="s">
         <v>421</v>
       </c>
       <c r="I41">
         <v>2013</v>
       </c>
       <c r="J41" t="s">
         <v>422</v>
@@ -9029,54 +9030,54 @@
       <c r="P41">
         <v>4</v>
       </c>
       <c r="Q41">
         <v>108</v>
       </c>
       <c r="R41" t="s">
         <v>277</v>
       </c>
       <c r="S41" t="s">
         <v>424</v>
       </c>
       <c r="T41" t="s">
         <v>425</v>
       </c>
       <c r="U41" t="s">
         <v>426</v>
       </c>
       <c r="V41" t="s">
         <v>174</v>
       </c>
       <c r="W41" t="s">
         <v>36</v>
       </c>
       <c r="X41" t="s">
-        <v>1725</v>
+        <v>1722</v>
       </c>
     </row>
-    <row r="42" spans="1:55">
+    <row r="42" spans="1:56">
       <c r="A42" t="s">
         <v>427</v>
       </c>
       <c r="B42" t="s">
         <v>163</v>
       </c>
       <c r="C42"/>
       <c r="D42" t="s">
         <v>25</v>
       </c>
       <c r="E42" t="s">
         <v>25</v>
       </c>
       <c r="F42"/>
       <c r="G42">
         <v>23473775</v>
       </c>
       <c r="H42" t="s">
         <v>428</v>
       </c>
       <c r="I42">
         <v>2013</v>
       </c>
       <c r="J42" t="s">
         <v>429</v>
@@ -9095,54 +9096,54 @@
         <v>431</v>
       </c>
       <c r="P42"/>
       <c r="Q42">
         <v>59</v>
       </c>
       <c r="R42" t="s">
         <v>200</v>
       </c>
       <c r="S42" t="s">
         <v>432</v>
       </c>
       <c r="T42" t="s">
         <v>433</v>
       </c>
       <c r="U42" t="s">
         <v>426</v>
       </c>
       <c r="V42" t="s">
         <v>174</v>
       </c>
       <c r="W42" t="s">
         <v>36</v>
       </c>
       <c r="X42" t="s">
-        <v>1726</v>
+        <v>1723</v>
       </c>
     </row>
-    <row r="43" spans="1:55">
+    <row r="43" spans="1:56">
       <c r="A43" t="s">
         <v>434</v>
       </c>
       <c r="B43" t="s">
         <v>73</v>
       </c>
       <c r="C43"/>
       <c r="D43" t="s">
         <v>25</v>
       </c>
       <c r="E43" t="s">
         <v>25</v>
       </c>
       <c r="F43"/>
       <c r="G43">
         <v>24431469</v>
       </c>
       <c r="H43" t="s">
         <v>435</v>
       </c>
       <c r="I43">
         <v>2014</v>
       </c>
       <c r="J43" t="s">
         <v>436</v>
@@ -9163,54 +9164,54 @@
       <c r="P43">
         <v>1</v>
       </c>
       <c r="Q43">
         <v>349</v>
       </c>
       <c r="R43" t="s">
         <v>441</v>
       </c>
       <c r="S43" t="s">
         <v>442</v>
       </c>
       <c r="T43" t="s">
         <v>443</v>
       </c>
       <c r="U43" t="s">
         <v>444</v>
       </c>
       <c r="V43" t="s">
         <v>130</v>
       </c>
       <c r="W43" t="s">
         <v>36</v>
       </c>
       <c r="X43" t="s">
-        <v>1727</v>
+        <v>1724</v>
       </c>
     </row>
-    <row r="44" spans="1:55">
+    <row r="44" spans="1:56">
       <c r="A44" t="s">
         <v>445</v>
       </c>
       <c r="B44" t="s">
         <v>38</v>
       </c>
       <c r="C44"/>
       <c r="D44" t="s">
         <v>25</v>
       </c>
       <c r="E44" t="s">
         <v>25</v>
       </c>
       <c r="F44"/>
       <c r="G44">
         <v>24833749</v>
       </c>
       <c r="H44" t="s">
         <v>446</v>
       </c>
       <c r="I44">
         <v>2014</v>
       </c>
       <c r="J44" t="s">
         <v>447</v>
@@ -9227,54 +9228,54 @@
       </c>
       <c r="O44" t="s">
         <v>451</v>
       </c>
       <c r="P44"/>
       <c r="Q44"/>
       <c r="R44" t="s">
         <v>452</v>
       </c>
       <c r="S44" t="s">
         <v>453</v>
       </c>
       <c r="T44" t="s">
         <v>454</v>
       </c>
       <c r="U44" t="s">
         <v>455</v>
       </c>
       <c r="V44" t="s">
         <v>48</v>
       </c>
       <c r="W44" t="s">
         <v>36</v>
       </c>
       <c r="X44" t="s">
-        <v>1728</v>
+        <v>1725</v>
       </c>
     </row>
-    <row r="45" spans="1:55">
+    <row r="45" spans="1:56">
       <c r="A45" t="s">
         <v>456</v>
       </c>
       <c r="B45" t="s">
         <v>457</v>
       </c>
       <c r="C45"/>
       <c r="D45" t="s">
         <v>25</v>
       </c>
       <c r="E45" t="s">
         <v>25</v>
       </c>
       <c r="F45"/>
       <c r="G45"/>
       <c r="H45" t="s">
         <v>458</v>
       </c>
       <c r="I45">
         <v>2014</v>
       </c>
       <c r="J45" t="s">
         <v>459</v>
       </c>
       <c r="K45" t="s">
@@ -9283,54 +9284,54 @@
       <c r="L45"/>
       <c r="M45"/>
       <c r="N45" t="s">
         <v>461</v>
       </c>
       <c r="O45" t="s">
         <v>462</v>
       </c>
       <c r="P45"/>
       <c r="Q45"/>
       <c r="R45"/>
       <c r="S45"/>
       <c r="T45" t="s">
         <v>463</v>
       </c>
       <c r="U45" t="s">
         <v>464</v>
       </c>
       <c r="V45" t="s">
         <v>465</v>
       </c>
       <c r="W45" t="s">
         <v>36</v>
       </c>
       <c r="X45" t="s">
-        <v>1729</v>
+        <v>1726</v>
       </c>
     </row>
-    <row r="46" spans="1:55">
+    <row r="46" spans="1:56">
       <c r="A46" t="s">
         <v>466</v>
       </c>
       <c r="B46" t="s">
         <v>457</v>
       </c>
       <c r="C46"/>
       <c r="D46" t="s">
         <v>25</v>
       </c>
       <c r="E46" t="s">
         <v>25</v>
       </c>
       <c r="F46"/>
       <c r="G46">
         <v>24985465</v>
       </c>
       <c r="H46" t="s">
         <v>467</v>
       </c>
       <c r="I46">
         <v>2014</v>
       </c>
       <c r="J46" t="s">
         <v>468</v>
@@ -9351,54 +9352,54 @@
       <c r="P46">
         <v>2</v>
       </c>
       <c r="Q46">
         <v>24</v>
       </c>
       <c r="R46" t="s">
         <v>473</v>
       </c>
       <c r="S46" t="s">
         <v>474</v>
       </c>
       <c r="T46" t="s">
         <v>475</v>
       </c>
       <c r="U46" t="s">
         <v>464</v>
       </c>
       <c r="V46" t="s">
         <v>465</v>
       </c>
       <c r="W46" t="s">
         <v>36</v>
       </c>
       <c r="X46" t="s">
-        <v>1730</v>
+        <v>1727</v>
       </c>
     </row>
-    <row r="47" spans="1:55">
+    <row r="47" spans="1:56">
       <c r="A47" t="s">
         <v>476</v>
       </c>
       <c r="B47" t="s">
         <v>457</v>
       </c>
       <c r="C47"/>
       <c r="D47" t="s">
         <v>25</v>
       </c>
       <c r="E47" t="s">
         <v>25</v>
       </c>
       <c r="F47"/>
       <c r="G47"/>
       <c r="H47" t="s">
         <v>477</v>
       </c>
       <c r="I47">
         <v>2014</v>
       </c>
       <c r="J47" t="s">
         <v>478</v>
       </c>
       <c r="K47" t="s">
@@ -9415,54 +9416,54 @@
         <v>482</v>
       </c>
       <c r="P47">
         <v>5</v>
       </c>
       <c r="Q47">
         <v>89</v>
       </c>
       <c r="R47" t="s">
         <v>483</v>
       </c>
       <c r="S47"/>
       <c r="T47" t="s">
         <v>475</v>
       </c>
       <c r="U47" t="s">
         <v>464</v>
       </c>
       <c r="V47" t="s">
         <v>465</v>
       </c>
       <c r="W47" t="s">
         <v>36</v>
       </c>
       <c r="X47" t="s">
-        <v>1731</v>
+        <v>1728</v>
       </c>
     </row>
-    <row r="48" spans="1:55">
+    <row r="48" spans="1:56">
       <c r="A48" t="s">
         <v>484</v>
       </c>
       <c r="B48" t="s">
         <v>73</v>
       </c>
       <c r="C48"/>
       <c r="D48" t="s">
         <v>25</v>
       </c>
       <c r="E48" t="s">
         <v>25</v>
       </c>
       <c r="F48"/>
       <c r="G48">
         <v>23383621</v>
       </c>
       <c r="H48" t="s">
         <v>485</v>
       </c>
       <c r="I48">
         <v>2013</v>
       </c>
       <c r="J48" t="s">
         <v>486</v>
@@ -9483,54 +9484,54 @@
       <c r="P48">
         <v>4</v>
       </c>
       <c r="Q48">
         <v>207</v>
       </c>
       <c r="R48" t="s">
         <v>491</v>
       </c>
       <c r="S48" t="s">
         <v>492</v>
       </c>
       <c r="T48" t="s">
         <v>493</v>
       </c>
       <c r="U48" t="s">
         <v>494</v>
       </c>
       <c r="V48" t="s">
         <v>231</v>
       </c>
       <c r="W48" t="s">
         <v>36</v>
       </c>
       <c r="X48" t="s">
-        <v>1732</v>
+        <v>1729</v>
       </c>
     </row>
-    <row r="49" spans="1:55">
+    <row r="49" spans="1:56">
       <c r="A49" t="s">
         <v>495</v>
       </c>
       <c r="B49" t="s">
         <v>163</v>
       </c>
       <c r="C49"/>
       <c r="D49" t="s">
         <v>25</v>
       </c>
       <c r="E49" t="s">
         <v>25</v>
       </c>
       <c r="F49"/>
       <c r="G49">
         <v>24030498</v>
       </c>
       <c r="H49" t="s">
         <v>496</v>
       </c>
       <c r="I49">
         <v>2013</v>
       </c>
       <c r="J49" t="s">
         <v>497</v>
@@ -9551,54 +9552,54 @@
       <c r="P49">
         <v>16</v>
       </c>
       <c r="Q49">
         <v>128</v>
       </c>
       <c r="R49" t="s">
         <v>76</v>
       </c>
       <c r="S49" t="s">
         <v>501</v>
       </c>
       <c r="T49" t="s">
         <v>502</v>
       </c>
       <c r="U49" t="s">
         <v>503</v>
       </c>
       <c r="V49" t="s">
         <v>504</v>
       </c>
       <c r="W49" t="s">
         <v>36</v>
       </c>
       <c r="X49" t="s">
-        <v>1733</v>
+        <v>1730</v>
       </c>
     </row>
-    <row r="50" spans="1:55">
+    <row r="50" spans="1:56">
       <c r="A50" t="s">
         <v>505</v>
       </c>
       <c r="B50" t="s">
         <v>73</v>
       </c>
       <c r="C50"/>
       <c r="D50" t="s">
         <v>25</v>
       </c>
       <c r="E50" t="s">
         <v>25</v>
       </c>
       <c r="F50"/>
       <c r="G50">
         <v>23341242</v>
       </c>
       <c r="H50" t="s">
         <v>506</v>
       </c>
       <c r="I50">
         <v>2013</v>
       </c>
       <c r="J50" t="s">
         <v>507</v>
@@ -9617,54 +9618,54 @@
         <v>511</v>
       </c>
       <c r="P50">
         <v>5</v>
       </c>
       <c r="Q50">
         <v>31</v>
       </c>
       <c r="R50" t="s">
         <v>508</v>
       </c>
       <c r="S50"/>
       <c r="T50" t="s">
         <v>512</v>
       </c>
       <c r="U50" t="s">
         <v>513</v>
       </c>
       <c r="V50" t="s">
         <v>514</v>
       </c>
       <c r="W50" t="s">
         <v>36</v>
       </c>
       <c r="X50" t="s">
-        <v>1734</v>
+        <v>1731</v>
       </c>
     </row>
-    <row r="51" spans="1:55">
+    <row r="51" spans="1:56">
       <c r="A51" t="s">
         <v>515</v>
       </c>
       <c r="B51" t="s">
         <v>163</v>
       </c>
       <c r="C51"/>
       <c r="D51" t="s">
         <v>25</v>
       </c>
       <c r="E51" t="s">
         <v>25</v>
       </c>
       <c r="F51"/>
       <c r="G51">
         <v>25173923</v>
       </c>
       <c r="H51" t="s">
         <v>516</v>
       </c>
       <c r="I51">
         <v>2014</v>
       </c>
       <c r="J51" t="s">
         <v>517</v>
@@ -9681,54 +9682,54 @@
       </c>
       <c r="O51" t="s">
         <v>520</v>
       </c>
       <c r="P51"/>
       <c r="Q51"/>
       <c r="R51" t="s">
         <v>200</v>
       </c>
       <c r="S51" t="s">
         <v>521</v>
       </c>
       <c r="T51" t="s">
         <v>522</v>
       </c>
       <c r="U51" t="s">
         <v>523</v>
       </c>
       <c r="V51" t="s">
         <v>524</v>
       </c>
       <c r="W51" t="s">
         <v>36</v>
       </c>
       <c r="X51" t="s">
-        <v>1735</v>
+        <v>1732</v>
       </c>
     </row>
-    <row r="52" spans="1:55">
+    <row r="52" spans="1:56">
       <c r="A52" t="s">
         <v>525</v>
       </c>
       <c r="B52" t="s">
         <v>163</v>
       </c>
       <c r="C52"/>
       <c r="D52" t="s">
         <v>25</v>
       </c>
       <c r="E52" t="s">
         <v>25</v>
       </c>
       <c r="F52"/>
       <c r="G52">
         <v>24068185</v>
       </c>
       <c r="H52" t="s">
         <v>526</v>
       </c>
       <c r="I52">
         <v>2013</v>
       </c>
       <c r="J52" t="s">
         <v>527</v>
@@ -9749,54 +9750,54 @@
       <c r="P52">
         <v>6</v>
       </c>
       <c r="Q52">
         <v>108</v>
       </c>
       <c r="R52" t="s">
         <v>277</v>
       </c>
       <c r="S52" t="s">
         <v>529</v>
       </c>
       <c r="T52" t="s">
         <v>530</v>
       </c>
       <c r="U52" t="s">
         <v>523</v>
       </c>
       <c r="V52" t="s">
         <v>174</v>
       </c>
       <c r="W52" t="s">
         <v>36</v>
       </c>
       <c r="X52" t="s">
-        <v>1736</v>
+        <v>1733</v>
       </c>
     </row>
-    <row r="53" spans="1:55">
+    <row r="53" spans="1:56">
       <c r="A53" t="s">
         <v>531</v>
       </c>
       <c r="B53" t="s">
         <v>163</v>
       </c>
       <c r="C53"/>
       <c r="D53" t="s">
         <v>25</v>
       </c>
       <c r="E53" t="s">
         <v>25</v>
       </c>
       <c r="F53"/>
       <c r="G53">
         <v>23732518</v>
       </c>
       <c r="H53" t="s">
         <v>532</v>
       </c>
       <c r="I53">
         <v>2013</v>
       </c>
       <c r="J53" t="s">
         <v>533</v>
@@ -9815,54 +9816,54 @@
         <v>537</v>
       </c>
       <c r="P53"/>
       <c r="Q53">
         <v>63</v>
       </c>
       <c r="R53" t="s">
         <v>538</v>
       </c>
       <c r="S53" t="s">
         <v>539</v>
       </c>
       <c r="T53" t="s">
         <v>540</v>
       </c>
       <c r="U53" t="s">
         <v>523</v>
       </c>
       <c r="V53" t="s">
         <v>174</v>
       </c>
       <c r="W53" t="s">
         <v>36</v>
       </c>
       <c r="X53" t="s">
-        <v>1737</v>
+        <v>1734</v>
       </c>
     </row>
-    <row r="54" spans="1:55">
+    <row r="54" spans="1:56">
       <c r="A54" t="s">
         <v>541</v>
       </c>
       <c r="B54" t="s">
         <v>457</v>
       </c>
       <c r="C54"/>
       <c r="D54" t="s">
         <v>25</v>
       </c>
       <c r="E54" t="s">
         <v>25</v>
       </c>
       <c r="F54"/>
       <c r="G54"/>
       <c r="H54" t="s">
         <v>542</v>
       </c>
       <c r="I54">
         <v>2014</v>
       </c>
       <c r="J54" t="s">
         <v>543</v>
       </c>
       <c r="K54" t="s">
@@ -9871,54 +9872,54 @@
       <c r="L54"/>
       <c r="M54"/>
       <c r="N54" t="s">
         <v>544</v>
       </c>
       <c r="O54" t="s">
         <v>545</v>
       </c>
       <c r="P54"/>
       <c r="Q54"/>
       <c r="R54"/>
       <c r="S54"/>
       <c r="T54" t="s">
         <v>546</v>
       </c>
       <c r="U54" t="s">
         <v>547</v>
       </c>
       <c r="V54" t="s">
         <v>465</v>
       </c>
       <c r="W54" t="s">
         <v>36</v>
       </c>
       <c r="X54" t="s">
-        <v>1738</v>
+        <v>1735</v>
       </c>
     </row>
-    <row r="55" spans="1:55">
+    <row r="55" spans="1:56">
       <c r="A55" t="s">
         <v>548</v>
       </c>
       <c r="B55" t="s">
         <v>73</v>
       </c>
       <c r="C55"/>
       <c r="D55" t="s">
         <v>25</v>
       </c>
       <c r="E55" t="s">
         <v>25</v>
       </c>
       <c r="F55"/>
       <c r="G55">
         <v>23842739</v>
       </c>
       <c r="H55" t="s">
         <v>549</v>
       </c>
       <c r="I55">
         <v>2013</v>
       </c>
       <c r="J55" t="s">
         <v>550</v>
@@ -9939,54 +9940,54 @@
       <c r="P55">
         <v>12</v>
       </c>
       <c r="Q55">
         <v>465</v>
       </c>
       <c r="R55" t="s">
         <v>555</v>
       </c>
       <c r="S55" t="s">
         <v>556</v>
       </c>
       <c r="T55" t="s">
         <v>557</v>
       </c>
       <c r="U55" t="s">
         <v>558</v>
       </c>
       <c r="V55" t="s">
         <v>559</v>
       </c>
       <c r="W55" t="s">
         <v>36</v>
       </c>
       <c r="X55" t="s">
-        <v>1739</v>
+        <v>1736</v>
       </c>
     </row>
-    <row r="56" spans="1:55">
+    <row r="56" spans="1:56">
       <c r="A56" t="s">
         <v>560</v>
       </c>
       <c r="B56" t="s">
         <v>457</v>
       </c>
       <c r="C56"/>
       <c r="D56" t="s">
         <v>25</v>
       </c>
       <c r="E56" t="s">
         <v>25</v>
       </c>
       <c r="F56"/>
       <c r="G56"/>
       <c r="H56" t="s">
         <v>561</v>
       </c>
       <c r="I56">
         <v>2014</v>
       </c>
       <c r="J56" t="s">
         <v>562</v>
       </c>
       <c r="K56" t="s">
@@ -9995,54 +9996,54 @@
       <c r="L56"/>
       <c r="M56"/>
       <c r="N56" t="s">
         <v>563</v>
       </c>
       <c r="O56" t="s">
         <v>564</v>
       </c>
       <c r="P56"/>
       <c r="Q56"/>
       <c r="R56"/>
       <c r="S56"/>
       <c r="T56" t="s">
         <v>565</v>
       </c>
       <c r="U56" t="s">
         <v>566</v>
       </c>
       <c r="V56" t="s">
         <v>465</v>
       </c>
       <c r="W56" t="s">
         <v>36</v>
       </c>
       <c r="X56" t="s">
-        <v>1740</v>
+        <v>1737</v>
       </c>
     </row>
-    <row r="57" spans="1:55">
+    <row r="57" spans="1:56">
       <c r="A57" t="s">
         <v>567</v>
       </c>
       <c r="B57" t="s">
         <v>73</v>
       </c>
       <c r="C57"/>
       <c r="D57" t="s">
         <v>25</v>
       </c>
       <c r="E57" t="s">
         <v>25</v>
       </c>
       <c r="F57"/>
       <c r="G57">
         <v>24550350</v>
       </c>
       <c r="H57" t="s">
         <v>568</v>
       </c>
       <c r="I57">
         <v>2014</v>
       </c>
       <c r="J57" t="s">
         <v>569</v>
@@ -10063,54 +10064,54 @@
       <c r="P57">
         <v>1</v>
       </c>
       <c r="Q57">
         <v>102</v>
       </c>
       <c r="R57" t="s">
         <v>170</v>
       </c>
       <c r="S57" t="s">
         <v>572</v>
       </c>
       <c r="T57" t="s">
         <v>573</v>
       </c>
       <c r="U57" t="s">
         <v>574</v>
       </c>
       <c r="V57" t="s">
         <v>575</v>
       </c>
       <c r="W57" t="s">
         <v>36</v>
       </c>
       <c r="X57" t="s">
-        <v>1741</v>
+        <v>1738</v>
       </c>
     </row>
-    <row r="58" spans="1:55">
+    <row r="58" spans="1:56">
       <c r="A58" t="s">
         <v>576</v>
       </c>
       <c r="B58" t="s">
         <v>163</v>
       </c>
       <c r="C58"/>
       <c r="D58" t="s">
         <v>25</v>
       </c>
       <c r="E58" t="s">
         <v>25</v>
       </c>
       <c r="F58"/>
       <c r="G58">
         <v>24785406</v>
       </c>
       <c r="H58" t="s">
         <v>577</v>
       </c>
       <c r="I58">
         <v>2014</v>
       </c>
       <c r="J58" t="s">
         <v>578</v>
@@ -10131,54 +10132,54 @@
       <c r="P58">
         <v>4</v>
       </c>
       <c r="Q58">
         <v>32</v>
       </c>
       <c r="R58" t="s">
         <v>583</v>
       </c>
       <c r="S58" t="s">
         <v>584</v>
       </c>
       <c r="T58" t="s">
         <v>585</v>
       </c>
       <c r="U58" t="s">
         <v>183</v>
       </c>
       <c r="V58" t="s">
         <v>586</v>
       </c>
       <c r="W58" t="s">
         <v>36</v>
       </c>
       <c r="X58" t="s">
-        <v>1742</v>
+        <v>1739</v>
       </c>
     </row>
-    <row r="59" spans="1:55">
+    <row r="59" spans="1:56">
       <c r="A59" t="s">
         <v>587</v>
       </c>
       <c r="B59" t="s">
         <v>163</v>
       </c>
       <c r="C59"/>
       <c r="D59" t="s">
         <v>25</v>
       </c>
       <c r="E59" t="s">
         <v>25</v>
       </c>
       <c r="F59"/>
       <c r="G59">
         <v>23205928</v>
       </c>
       <c r="H59" t="s">
         <v>588</v>
       </c>
       <c r="I59">
         <v>2013</v>
       </c>
       <c r="J59" t="s">
         <v>589</v>
@@ -10199,54 +10200,54 @@
       <c r="P59">
         <v>5</v>
       </c>
       <c r="Q59">
         <v>31</v>
       </c>
       <c r="R59" t="s">
         <v>583</v>
       </c>
       <c r="S59" t="s">
         <v>592</v>
       </c>
       <c r="T59" t="s">
         <v>593</v>
       </c>
       <c r="U59" t="s">
         <v>183</v>
       </c>
       <c r="V59" t="s">
         <v>586</v>
       </c>
       <c r="W59" t="s">
         <v>36</v>
       </c>
       <c r="X59" t="s">
-        <v>1743</v>
+        <v>1740</v>
       </c>
     </row>
-    <row r="60" spans="1:55">
+    <row r="60" spans="1:56">
       <c r="A60" t="s">
         <v>594</v>
       </c>
       <c r="B60" t="s">
         <v>73</v>
       </c>
       <c r="C60"/>
       <c r="D60" t="s">
         <v>25</v>
       </c>
       <c r="E60" t="s">
         <v>25</v>
       </c>
       <c r="F60"/>
       <c r="G60">
         <v>23606651</v>
       </c>
       <c r="H60" t="s">
         <v>595</v>
       </c>
       <c r="I60">
         <v>2013</v>
       </c>
       <c r="J60" t="s">
         <v>596</v>
@@ -10265,54 +10266,54 @@
         <v>600</v>
       </c>
       <c r="P60">
         <v>8</v>
       </c>
       <c r="Q60">
         <v>18</v>
       </c>
       <c r="R60" t="s">
         <v>601</v>
       </c>
       <c r="S60"/>
       <c r="T60" t="s">
         <v>602</v>
       </c>
       <c r="U60" t="s">
         <v>603</v>
       </c>
       <c r="V60" t="s">
         <v>604</v>
       </c>
       <c r="W60" t="s">
         <v>36</v>
       </c>
       <c r="X60" t="s">
-        <v>1744</v>
+        <v>1741</v>
       </c>
     </row>
-    <row r="61" spans="1:55">
+    <row r="61" spans="1:56">
       <c r="A61" t="s">
         <v>605</v>
       </c>
       <c r="B61" t="s">
         <v>73</v>
       </c>
       <c r="C61"/>
       <c r="D61" t="s">
         <v>25</v>
       </c>
       <c r="E61" t="s">
         <v>25</v>
       </c>
       <c r="F61"/>
       <c r="G61">
         <v>23584022</v>
       </c>
       <c r="H61" t="s">
         <v>606</v>
       </c>
       <c r="I61">
         <v>2013</v>
       </c>
       <c r="J61" t="s">
         <v>607</v>
@@ -10333,54 +10334,54 @@
       <c r="P61">
         <v>4</v>
       </c>
       <c r="Q61">
         <v>14</v>
       </c>
       <c r="R61" t="s">
         <v>612</v>
       </c>
       <c r="S61" t="s">
         <v>613</v>
       </c>
       <c r="T61" t="s">
         <v>614</v>
       </c>
       <c r="U61" t="s">
         <v>615</v>
       </c>
       <c r="V61" t="s">
         <v>231</v>
       </c>
       <c r="W61" t="s">
         <v>36</v>
       </c>
       <c r="X61" t="s">
-        <v>1745</v>
+        <v>1742</v>
       </c>
     </row>
-    <row r="62" spans="1:55">
+    <row r="62" spans="1:56">
       <c r="A62" t="s">
         <v>616</v>
       </c>
       <c r="B62" t="s">
         <v>97</v>
       </c>
       <c r="C62"/>
       <c r="D62" t="s">
         <v>25</v>
       </c>
       <c r="E62" t="s">
         <v>25</v>
       </c>
       <c r="F62"/>
       <c r="G62">
         <v>22798560</v>
       </c>
       <c r="H62" t="s">
         <v>617</v>
       </c>
       <c r="I62">
         <v>2013</v>
       </c>
       <c r="J62" t="s">
         <v>618</v>
@@ -10401,54 +10402,54 @@
       <c r="P62">
         <v>33</v>
       </c>
       <c r="Q62">
         <v>34</v>
       </c>
       <c r="R62" t="s">
         <v>623</v>
       </c>
       <c r="S62" t="s">
         <v>624</v>
       </c>
       <c r="T62" t="s">
         <v>625</v>
       </c>
       <c r="U62" t="s">
         <v>626</v>
       </c>
       <c r="V62" t="s">
         <v>106</v>
       </c>
       <c r="W62" t="s">
         <v>36</v>
       </c>
       <c r="X62" t="s">
-        <v>1746</v>
+        <v>1743</v>
       </c>
     </row>
-    <row r="63" spans="1:55">
+    <row r="63" spans="1:56">
       <c r="A63" t="s">
         <v>627</v>
       </c>
       <c r="B63" t="s">
         <v>85</v>
       </c>
       <c r="C63"/>
       <c r="D63" t="s">
         <v>25</v>
       </c>
       <c r="E63" t="s">
         <v>25</v>
       </c>
       <c r="F63"/>
       <c r="G63">
         <v>25717475</v>
       </c>
       <c r="H63" t="s">
         <v>628</v>
       </c>
       <c r="I63">
         <v>2014</v>
       </c>
       <c r="J63" t="s">
         <v>629</v>
@@ -10459,54 +10460,54 @@
       <c r="L63" t="s">
         <v>631</v>
       </c>
       <c r="M63"/>
       <c r="N63" t="s">
         <v>632</v>
       </c>
       <c r="O63"/>
       <c r="P63"/>
       <c r="Q63"/>
       <c r="R63"/>
       <c r="S63"/>
       <c r="T63" t="s">
         <v>633</v>
       </c>
       <c r="U63" t="s">
         <v>634</v>
       </c>
       <c r="V63" t="s">
         <v>95</v>
       </c>
       <c r="W63" t="s">
         <v>36</v>
       </c>
       <c r="X63" t="s">
-        <v>1747</v>
+        <v>1744</v>
       </c>
     </row>
-    <row r="64" spans="1:55">
+    <row r="64" spans="1:56">
       <c r="A64" t="s">
         <v>635</v>
       </c>
       <c r="B64" t="s">
         <v>73</v>
       </c>
       <c r="C64"/>
       <c r="D64" t="s">
         <v>25</v>
       </c>
       <c r="E64" t="s">
         <v>25</v>
       </c>
       <c r="F64"/>
       <c r="G64">
         <v>25070336</v>
       </c>
       <c r="H64" t="s">
         <v>636</v>
       </c>
       <c r="I64">
         <v>2014</v>
       </c>
       <c r="J64" t="s">
         <v>637</v>
@@ -10523,54 +10524,54 @@
       </c>
       <c r="O64" t="s">
         <v>640</v>
       </c>
       <c r="P64"/>
       <c r="Q64"/>
       <c r="R64" t="s">
         <v>227</v>
       </c>
       <c r="S64" t="s">
         <v>641</v>
       </c>
       <c r="T64" t="s">
         <v>642</v>
       </c>
       <c r="U64" t="s">
         <v>643</v>
       </c>
       <c r="V64" t="s">
         <v>141</v>
       </c>
       <c r="W64" t="s">
         <v>36</v>
       </c>
       <c r="X64" t="s">
-        <v>1748</v>
+        <v>1745</v>
       </c>
     </row>
-    <row r="65" spans="1:55">
+    <row r="65" spans="1:56">
       <c r="A65" t="s">
         <v>644</v>
       </c>
       <c r="B65" t="s">
         <v>73</v>
       </c>
       <c r="C65"/>
       <c r="D65" t="s">
         <v>25</v>
       </c>
       <c r="E65" t="s">
         <v>25</v>
       </c>
       <c r="F65"/>
       <c r="G65">
         <v>23953977</v>
       </c>
       <c r="H65" t="s">
         <v>645</v>
       </c>
       <c r="I65">
         <v>2014</v>
       </c>
       <c r="J65" t="s">
         <v>646</v>
@@ -10591,54 +10592,54 @@
       <c r="P65">
         <v>1</v>
       </c>
       <c r="Q65">
         <v>24</v>
       </c>
       <c r="R65" t="s">
         <v>651</v>
       </c>
       <c r="S65" t="s">
         <v>652</v>
       </c>
       <c r="T65" t="s">
         <v>653</v>
       </c>
       <c r="U65" t="s">
         <v>643</v>
       </c>
       <c r="V65" t="s">
         <v>141</v>
       </c>
       <c r="W65" t="s">
         <v>36</v>
       </c>
       <c r="X65" t="s">
-        <v>1749</v>
+        <v>1746</v>
       </c>
     </row>
-    <row r="66" spans="1:55">
+    <row r="66" spans="1:56">
       <c r="A66" t="s">
         <v>654</v>
       </c>
       <c r="B66" t="s">
         <v>163</v>
       </c>
       <c r="C66"/>
       <c r="D66" t="s">
         <v>25</v>
       </c>
       <c r="E66" t="s">
         <v>25</v>
       </c>
       <c r="F66"/>
       <c r="G66">
         <v>23570977</v>
       </c>
       <c r="H66" t="s">
         <v>655</v>
       </c>
       <c r="I66">
         <v>2013</v>
       </c>
       <c r="J66" t="s">
         <v>656</v>
@@ -10657,54 +10658,54 @@
         <v>658</v>
       </c>
       <c r="P66"/>
       <c r="Q66">
         <v>61</v>
       </c>
       <c r="R66" t="s">
         <v>200</v>
       </c>
       <c r="S66" t="s">
         <v>659</v>
       </c>
       <c r="T66" t="s">
         <v>660</v>
       </c>
       <c r="U66" t="s">
         <v>661</v>
       </c>
       <c r="V66" t="s">
         <v>183</v>
       </c>
       <c r="W66" t="s">
         <v>36</v>
       </c>
       <c r="X66" t="s">
-        <v>1750</v>
+        <v>1747</v>
       </c>
     </row>
-    <row r="67" spans="1:55">
+    <row r="67" spans="1:56">
       <c r="A67" t="s">
         <v>662</v>
       </c>
       <c r="B67" t="s">
         <v>73</v>
       </c>
       <c r="C67"/>
       <c r="D67" t="s">
         <v>25</v>
       </c>
       <c r="E67" t="s">
         <v>25</v>
       </c>
       <c r="F67"/>
       <c r="G67">
         <v>24135075</v>
       </c>
       <c r="H67" t="s">
         <v>663</v>
       </c>
       <c r="I67">
         <v>2014</v>
       </c>
       <c r="J67" t="s">
         <v>664</v>
@@ -10725,54 +10726,54 @@
       <c r="P67">
         <v>1</v>
       </c>
       <c r="Q67">
         <v>348</v>
       </c>
       <c r="R67" t="s">
         <v>441</v>
       </c>
       <c r="S67" t="s">
         <v>667</v>
       </c>
       <c r="T67" t="s">
         <v>668</v>
       </c>
       <c r="U67" t="s">
         <v>669</v>
       </c>
       <c r="V67" t="s">
         <v>670</v>
       </c>
       <c r="W67" t="s">
         <v>36</v>
       </c>
       <c r="X67" t="s">
-        <v>1751</v>
+        <v>1748</v>
       </c>
     </row>
-    <row r="68" spans="1:55">
+    <row r="68" spans="1:56">
       <c r="A68" t="s">
         <v>671</v>
       </c>
       <c r="B68" t="s">
         <v>73</v>
       </c>
       <c r="C68"/>
       <c r="D68" t="s">
         <v>25</v>
       </c>
       <c r="E68" t="s">
         <v>25</v>
       </c>
       <c r="F68"/>
       <c r="G68">
         <v>24531807</v>
       </c>
       <c r="H68" t="s">
         <v>672</v>
       </c>
       <c r="I68">
         <v>2014</v>
       </c>
       <c r="J68" t="s">
         <v>673</v>
@@ -10793,54 +10794,54 @@
       <c r="P68">
         <v>8</v>
       </c>
       <c r="Q68">
         <v>306</v>
       </c>
       <c r="R68" t="s">
         <v>149</v>
       </c>
       <c r="S68" t="s">
         <v>676</v>
       </c>
       <c r="T68" t="s">
         <v>677</v>
       </c>
       <c r="U68" t="s">
         <v>669</v>
       </c>
       <c r="V68" t="s">
         <v>130</v>
       </c>
       <c r="W68" t="s">
         <v>36</v>
       </c>
       <c r="X68" t="s">
-        <v>1752</v>
+        <v>1749</v>
       </c>
     </row>
-    <row r="69" spans="1:55">
+    <row r="69" spans="1:56">
       <c r="A69" t="s">
         <v>678</v>
       </c>
       <c r="B69" t="s">
         <v>24</v>
       </c>
       <c r="C69"/>
       <c r="D69" t="s">
         <v>25</v>
       </c>
       <c r="E69" t="s">
         <v>25</v>
       </c>
       <c r="F69"/>
       <c r="G69">
         <v>23047121</v>
       </c>
       <c r="H69" t="s">
         <v>679</v>
       </c>
       <c r="I69">
         <v>2014</v>
       </c>
       <c r="J69" t="s">
         <v>680</v>
@@ -10859,54 +10860,54 @@
         <v>684</v>
       </c>
       <c r="P69">
         <v>4</v>
       </c>
       <c r="Q69">
         <v>1833</v>
       </c>
       <c r="R69" t="s">
         <v>685</v>
       </c>
       <c r="S69"/>
       <c r="T69" t="s">
         <v>686</v>
       </c>
       <c r="U69" t="s">
         <v>687</v>
       </c>
       <c r="V69" t="s">
         <v>71</v>
       </c>
       <c r="W69" t="s">
         <v>36</v>
       </c>
       <c r="X69" t="s">
-        <v>1753</v>
+        <v>1750</v>
       </c>
     </row>
-    <row r="70" spans="1:55">
+    <row r="70" spans="1:56">
       <c r="A70" t="s">
         <v>688</v>
       </c>
       <c r="B70" t="s">
         <v>292</v>
       </c>
       <c r="C70"/>
       <c r="D70" t="s">
         <v>25</v>
       </c>
       <c r="E70" t="s">
         <v>25</v>
       </c>
       <c r="F70"/>
       <c r="G70">
         <v>25350293</v>
       </c>
       <c r="H70" t="s">
         <v>689</v>
       </c>
       <c r="I70">
         <v>2014</v>
       </c>
       <c r="J70" t="s">
         <v>690</v>
@@ -10921,54 +10922,54 @@
       <c r="N70" t="s">
         <v>693</v>
       </c>
       <c r="O70"/>
       <c r="P70">
         <v>92</v>
       </c>
       <c r="Q70"/>
       <c r="R70" t="s">
         <v>694</v>
       </c>
       <c r="S70"/>
       <c r="T70" t="s">
         <v>695</v>
       </c>
       <c r="U70" t="s">
         <v>419</v>
       </c>
       <c r="V70" t="s">
         <v>300</v>
       </c>
       <c r="W70" t="s">
         <v>36</v>
       </c>
       <c r="X70" t="s">
-        <v>1754</v>
+        <v>1751</v>
       </c>
     </row>
-    <row r="71" spans="1:55">
+    <row r="71" spans="1:56">
       <c r="A71" t="s">
         <v>696</v>
       </c>
       <c r="B71" t="s">
         <v>163</v>
       </c>
       <c r="C71"/>
       <c r="D71" t="s">
         <v>25</v>
       </c>
       <c r="E71" t="s">
         <v>25</v>
       </c>
       <c r="F71"/>
       <c r="G71">
         <v>25073061</v>
       </c>
       <c r="H71" t="s">
         <v>697</v>
       </c>
       <c r="I71">
         <v>2014</v>
       </c>
       <c r="J71" t="s">
         <v>698</v>
@@ -10985,54 +10986,54 @@
       </c>
       <c r="O71" t="s">
         <v>701</v>
       </c>
       <c r="P71"/>
       <c r="Q71">
         <v>75</v>
       </c>
       <c r="R71" t="s">
         <v>200</v>
       </c>
       <c r="S71"/>
       <c r="T71" t="s">
         <v>702</v>
       </c>
       <c r="U71" t="s">
         <v>419</v>
       </c>
       <c r="V71" t="s">
         <v>174</v>
       </c>
       <c r="W71" t="s">
         <v>36</v>
       </c>
       <c r="X71" t="s">
-        <v>1755</v>
+        <v>1752</v>
       </c>
     </row>
-    <row r="72" spans="1:55">
+    <row r="72" spans="1:56">
       <c r="A72" t="s">
         <v>703</v>
       </c>
       <c r="B72" t="s">
         <v>163</v>
       </c>
       <c r="C72"/>
       <c r="D72" t="s">
         <v>25</v>
       </c>
       <c r="E72" t="s">
         <v>25</v>
       </c>
       <c r="F72"/>
       <c r="G72">
         <v>22900788</v>
       </c>
       <c r="H72" t="s">
         <v>704</v>
       </c>
       <c r="I72">
         <v>2013</v>
       </c>
       <c r="J72" t="s">
         <v>705</v>
@@ -11053,54 +11054,54 @@
       <c r="P72">
         <v>9</v>
       </c>
       <c r="Q72">
         <v>18</v>
       </c>
       <c r="R72" t="s">
         <v>710</v>
       </c>
       <c r="S72" t="s">
         <v>711</v>
       </c>
       <c r="T72" t="s">
         <v>712</v>
       </c>
       <c r="U72" t="s">
         <v>419</v>
       </c>
       <c r="V72" t="s">
         <v>174</v>
       </c>
       <c r="W72" t="s">
         <v>36</v>
       </c>
       <c r="X72" t="s">
-        <v>1756</v>
+        <v>1753</v>
       </c>
     </row>
-    <row r="73" spans="1:55">
+    <row r="73" spans="1:56">
       <c r="A73" t="s">
         <v>713</v>
       </c>
       <c r="B73" t="s">
         <v>271</v>
       </c>
       <c r="C73"/>
       <c r="D73" t="s">
         <v>25</v>
       </c>
       <c r="E73" t="s">
         <v>25</v>
       </c>
       <c r="F73"/>
       <c r="G73">
         <v>23395736</v>
       </c>
       <c r="H73" t="s">
         <v>714</v>
       </c>
       <c r="I73">
         <v>2013</v>
       </c>
       <c r="J73" t="s">
         <v>715</v>
@@ -11119,54 +11120,54 @@
         <v>719</v>
       </c>
       <c r="P73">
         <v>6</v>
       </c>
       <c r="Q73">
         <v>10</v>
       </c>
       <c r="R73" t="s">
         <v>716</v>
       </c>
       <c r="S73"/>
       <c r="T73" t="s">
         <v>720</v>
       </c>
       <c r="U73" t="s">
         <v>419</v>
       </c>
       <c r="V73" t="s">
         <v>174</v>
       </c>
       <c r="W73" t="s">
         <v>36</v>
       </c>
       <c r="X73" t="s">
-        <v>1757</v>
+        <v>1754</v>
       </c>
     </row>
-    <row r="74" spans="1:55">
+    <row r="74" spans="1:56">
       <c r="A74" t="s">
         <v>721</v>
       </c>
       <c r="B74" t="s">
         <v>292</v>
       </c>
       <c r="C74"/>
       <c r="D74" t="s">
         <v>25</v>
       </c>
       <c r="E74" t="s">
         <v>25</v>
       </c>
       <c r="F74"/>
       <c r="G74">
         <v>22723297</v>
       </c>
       <c r="H74" t="s">
         <v>722</v>
       </c>
       <c r="I74">
         <v>2012</v>
       </c>
       <c r="J74" t="s">
         <v>723</v>
@@ -11187,54 +11188,54 @@
       <c r="P74">
         <v>4</v>
       </c>
       <c r="Q74">
         <v>111</v>
       </c>
       <c r="R74" t="s">
         <v>239</v>
       </c>
       <c r="S74" t="s">
         <v>726</v>
       </c>
       <c r="T74" t="s">
         <v>727</v>
       </c>
       <c r="U74" t="s">
         <v>419</v>
       </c>
       <c r="V74" t="s">
         <v>300</v>
       </c>
       <c r="W74" t="s">
         <v>728</v>
       </c>
       <c r="X74" t="s">
-        <v>1758</v>
+        <v>1755</v>
       </c>
     </row>
-    <row r="75" spans="1:55">
+    <row r="75" spans="1:56">
       <c r="A75" t="s">
         <v>729</v>
       </c>
       <c r="B75" t="s">
         <v>163</v>
       </c>
       <c r="C75"/>
       <c r="D75" t="s">
         <v>25</v>
       </c>
       <c r="E75" t="s">
         <v>25</v>
       </c>
       <c r="F75"/>
       <c r="G75">
         <v>25015964</v>
       </c>
       <c r="H75" t="s">
         <v>730</v>
       </c>
       <c r="I75">
         <v>2014</v>
       </c>
       <c r="J75" t="s">
         <v>731</v>
@@ -11255,54 +11256,54 @@
       <c r="P75">
         <v>5</v>
       </c>
       <c r="Q75">
         <v>307</v>
       </c>
       <c r="R75" t="s">
         <v>149</v>
       </c>
       <c r="S75" t="s">
         <v>734</v>
       </c>
       <c r="T75" t="s">
         <v>735</v>
       </c>
       <c r="U75" t="s">
         <v>736</v>
       </c>
       <c r="V75" t="s">
         <v>737</v>
       </c>
       <c r="W75" t="s">
         <v>36</v>
       </c>
       <c r="X75" t="s">
-        <v>1759</v>
+        <v>1756</v>
       </c>
     </row>
-    <row r="76" spans="1:55">
+    <row r="76" spans="1:56">
       <c r="A76" t="s">
         <v>738</v>
       </c>
       <c r="B76" t="s">
         <v>73</v>
       </c>
       <c r="C76"/>
       <c r="D76" t="s">
         <v>25</v>
       </c>
       <c r="E76" t="s">
         <v>25</v>
       </c>
       <c r="F76"/>
       <c r="G76">
         <v>24345421</v>
       </c>
       <c r="H76" t="s">
         <v>739</v>
       </c>
       <c r="I76">
         <v>2014</v>
       </c>
       <c r="J76" t="s">
         <v>740</v>
@@ -11321,54 +11322,54 @@
         <v>742</v>
       </c>
       <c r="P76"/>
       <c r="Q76">
         <v>67</v>
       </c>
       <c r="R76" t="s">
         <v>200</v>
       </c>
       <c r="S76" t="s">
         <v>743</v>
       </c>
       <c r="T76" t="s">
         <v>744</v>
       </c>
       <c r="U76" t="s">
         <v>745</v>
       </c>
       <c r="V76" t="s">
         <v>746</v>
       </c>
       <c r="W76" t="s">
         <v>36</v>
       </c>
       <c r="X76" t="s">
-        <v>1760</v>
+        <v>1757</v>
       </c>
     </row>
-    <row r="77" spans="1:55">
+    <row r="77" spans="1:56">
       <c r="A77" t="s">
         <v>747</v>
       </c>
       <c r="B77" t="s">
         <v>73</v>
       </c>
       <c r="C77"/>
       <c r="D77" t="s">
         <v>25</v>
       </c>
       <c r="E77" t="s">
         <v>25</v>
       </c>
       <c r="F77"/>
       <c r="G77">
         <v>24030022</v>
       </c>
       <c r="H77" t="s">
         <v>748</v>
       </c>
       <c r="I77">
         <v>2013</v>
       </c>
       <c r="J77" t="s">
         <v>749</v>
@@ -11389,54 +11390,54 @@
       <c r="P77">
         <v>7</v>
       </c>
       <c r="Q77">
         <v>113</v>
       </c>
       <c r="R77" t="s">
         <v>239</v>
       </c>
       <c r="S77" t="s">
         <v>752</v>
       </c>
       <c r="T77" t="s">
         <v>753</v>
       </c>
       <c r="U77" t="s">
         <v>754</v>
       </c>
       <c r="V77" t="s">
         <v>755</v>
       </c>
       <c r="W77" t="s">
         <v>36</v>
       </c>
       <c r="X77" t="s">
-        <v>1761</v>
+        <v>1758</v>
       </c>
     </row>
-    <row r="78" spans="1:55">
+    <row r="78" spans="1:56">
       <c r="A78" t="s">
         <v>756</v>
       </c>
       <c r="B78" t="s">
         <v>73</v>
       </c>
       <c r="C78"/>
       <c r="D78" t="s">
         <v>25</v>
       </c>
       <c r="E78" t="s">
         <v>25</v>
       </c>
       <c r="F78"/>
       <c r="G78">
         <v>24806289</v>
       </c>
       <c r="H78" t="s">
         <v>757</v>
       </c>
       <c r="I78">
         <v>2014</v>
       </c>
       <c r="J78" t="s">
         <v>758</v>
@@ -11457,54 +11458,54 @@
       <c r="P78">
         <v>9</v>
       </c>
       <c r="Q78">
         <v>32</v>
       </c>
       <c r="R78" t="s">
         <v>508</v>
       </c>
       <c r="S78" t="s">
         <v>761</v>
       </c>
       <c r="T78" t="s">
         <v>762</v>
       </c>
       <c r="U78" t="s">
         <v>763</v>
       </c>
       <c r="V78" t="s">
         <v>514</v>
       </c>
       <c r="W78" t="s">
         <v>36</v>
       </c>
       <c r="X78" t="s">
-        <v>1762</v>
+        <v>1759</v>
       </c>
     </row>
-    <row r="79" spans="1:55">
+    <row r="79" spans="1:56">
       <c r="A79" t="s">
         <v>764</v>
       </c>
       <c r="B79" t="s">
         <v>85</v>
       </c>
       <c r="C79"/>
       <c r="D79" t="s">
         <v>25</v>
       </c>
       <c r="E79" t="s">
         <v>25</v>
       </c>
       <c r="F79"/>
       <c r="G79">
         <v>23097091</v>
       </c>
       <c r="H79" t="s">
         <v>765</v>
       </c>
       <c r="I79">
         <v>2013</v>
       </c>
       <c r="J79" t="s">
         <v>766</v>
@@ -11525,54 +11526,54 @@
       <c r="P79">
         <v>2</v>
       </c>
       <c r="Q79">
         <v>229</v>
       </c>
       <c r="R79" t="s">
         <v>771</v>
       </c>
       <c r="S79" t="s">
         <v>772</v>
       </c>
       <c r="T79" t="s">
         <v>773</v>
       </c>
       <c r="U79" t="s">
         <v>95</v>
       </c>
       <c r="V79" t="s">
         <v>95</v>
       </c>
       <c r="W79" t="s">
         <v>36</v>
       </c>
       <c r="X79" t="s">
-        <v>1763</v>
+        <v>1760</v>
       </c>
     </row>
-    <row r="80" spans="1:55">
+    <row r="80" spans="1:56">
       <c r="A80" t="s">
         <v>774</v>
       </c>
       <c r="B80" t="s">
         <v>85</v>
       </c>
       <c r="C80"/>
       <c r="D80" t="s">
         <v>25</v>
       </c>
       <c r="E80" t="s">
         <v>25</v>
       </c>
       <c r="F80"/>
       <c r="G80">
         <v>25111226</v>
       </c>
       <c r="H80" t="s">
         <v>775</v>
       </c>
       <c r="I80">
         <v>2014</v>
       </c>
       <c r="J80" t="s">
         <v>776</v>
@@ -11591,54 +11592,54 @@
         <v>780</v>
       </c>
       <c r="P80">
         <v>10</v>
       </c>
       <c r="Q80">
         <v>184</v>
       </c>
       <c r="R80" t="s">
         <v>781</v>
       </c>
       <c r="S80"/>
       <c r="T80" t="s">
         <v>782</v>
       </c>
       <c r="U80" t="s">
         <v>95</v>
       </c>
       <c r="V80" t="s">
         <v>783</v>
       </c>
       <c r="W80" t="s">
         <v>36</v>
       </c>
       <c r="X80" t="s">
-        <v>1764</v>
+        <v>1761</v>
       </c>
     </row>
-    <row r="81" spans="1:55">
+    <row r="81" spans="1:56">
       <c r="A81" t="s">
         <v>784</v>
       </c>
       <c r="B81" t="s">
         <v>73</v>
       </c>
       <c r="C81"/>
       <c r="D81" t="s">
         <v>25</v>
       </c>
       <c r="E81" t="s">
         <v>25</v>
       </c>
       <c r="F81"/>
       <c r="G81">
         <v>24229468</v>
       </c>
       <c r="H81" t="s">
         <v>785</v>
       </c>
       <c r="I81">
         <v>2013</v>
       </c>
       <c r="J81" t="s">
         <v>786</v>
@@ -11657,54 +11658,54 @@
         <v>137</v>
       </c>
       <c r="P81">
         <v>6</v>
       </c>
       <c r="Q81">
         <v>4</v>
       </c>
       <c r="R81" t="s">
         <v>790</v>
       </c>
       <c r="S81"/>
       <c r="T81" t="s">
         <v>791</v>
       </c>
       <c r="U81" t="s">
         <v>141</v>
       </c>
       <c r="V81" t="s">
         <v>141</v>
       </c>
       <c r="W81" t="s">
         <v>36</v>
       </c>
       <c r="X81" t="s">
-        <v>1765</v>
+        <v>1762</v>
       </c>
     </row>
-    <row r="82" spans="1:55">
+    <row r="82" spans="1:56">
       <c r="A82" t="s">
         <v>792</v>
       </c>
       <c r="B82" t="s">
         <v>793</v>
       </c>
       <c r="C82"/>
       <c r="D82" t="s">
         <v>25</v>
       </c>
       <c r="E82" t="s">
         <v>25</v>
       </c>
       <c r="F82"/>
       <c r="G82">
         <v>25713289</v>
       </c>
       <c r="H82" t="s">
         <v>794</v>
       </c>
       <c r="I82">
         <v>2015</v>
       </c>
       <c r="J82" t="s">
         <v>795</v>
@@ -11721,54 +11722,54 @@
       </c>
       <c r="O82"/>
       <c r="P82">
         <v>2</v>
       </c>
       <c r="Q82">
         <v>4</v>
       </c>
       <c r="R82" t="s">
         <v>799</v>
       </c>
       <c r="S82"/>
       <c r="T82" t="s">
         <v>800</v>
       </c>
       <c r="U82" t="s">
         <v>801</v>
       </c>
       <c r="V82" t="s">
         <v>802</v>
       </c>
       <c r="W82" t="s">
         <v>36</v>
       </c>
       <c r="X82" t="s">
-        <v>1766</v>
+        <v>1763</v>
       </c>
     </row>
-    <row r="83" spans="1:55">
+    <row r="83" spans="1:56">
       <c r="A83" t="s">
         <v>803</v>
       </c>
       <c r="B83" t="s">
         <v>73</v>
       </c>
       <c r="C83"/>
       <c r="D83" t="s">
         <v>25</v>
       </c>
       <c r="E83" t="s">
         <v>25</v>
       </c>
       <c r="F83"/>
       <c r="G83">
         <v>25688144</v>
       </c>
       <c r="H83" t="s">
         <v>804</v>
       </c>
       <c r="I83">
         <v>2015</v>
       </c>
       <c r="J83" t="s">
         <v>805</v>
@@ -11789,54 +11790,54 @@
         <v>809</v>
       </c>
       <c r="P83">
         <v>8</v>
       </c>
       <c r="Q83">
         <v>116</v>
       </c>
       <c r="R83" t="s">
         <v>239</v>
       </c>
       <c r="S83"/>
       <c r="T83" t="s">
         <v>810</v>
       </c>
       <c r="U83" t="s">
         <v>811</v>
       </c>
       <c r="V83" t="s">
         <v>812</v>
       </c>
       <c r="W83" t="s">
         <v>36</v>
       </c>
       <c r="X83" t="s">
-        <v>1767</v>
+        <v>1764</v>
       </c>
     </row>
-    <row r="84" spans="1:55">
+    <row r="84" spans="1:56">
       <c r="A84" t="s">
         <v>813</v>
       </c>
       <c r="B84" t="s">
         <v>457</v>
       </c>
       <c r="C84"/>
       <c r="D84" t="s">
         <v>25</v>
       </c>
       <c r="E84" t="s">
         <v>25</v>
       </c>
       <c r="F84"/>
       <c r="G84"/>
       <c r="H84" t="s">
         <v>814</v>
       </c>
       <c r="I84">
         <v>2015</v>
       </c>
       <c r="J84" t="s">
         <v>815</v>
       </c>
       <c r="K84" t="s">
@@ -11849,54 +11850,54 @@
       <c r="N84"/>
       <c r="O84" t="s">
         <v>818</v>
       </c>
       <c r="P84">
         <v>3</v>
       </c>
       <c r="Q84">
         <v>17</v>
       </c>
       <c r="R84"/>
       <c r="S84"/>
       <c r="T84" t="s">
         <v>819</v>
       </c>
       <c r="U84" t="s">
         <v>820</v>
       </c>
       <c r="V84" t="s">
         <v>821</v>
       </c>
       <c r="W84" t="s">
         <v>36</v>
       </c>
       <c r="X84" t="s">
-        <v>1768</v>
+        <v>1765</v>
       </c>
     </row>
-    <row r="85" spans="1:55">
+    <row r="85" spans="1:56">
       <c r="A85" t="s">
         <v>822</v>
       </c>
       <c r="B85" t="s">
         <v>73</v>
       </c>
       <c r="C85"/>
       <c r="D85" t="s">
         <v>25</v>
       </c>
       <c r="E85" t="s">
         <v>25</v>
       </c>
       <c r="F85"/>
       <c r="G85">
         <v>26078285</v>
       </c>
       <c r="H85" t="s">
         <v>823</v>
       </c>
       <c r="I85">
         <v>2015</v>
       </c>
       <c r="J85" t="s">
         <v>824</v>
@@ -11911,54 +11912,54 @@
         <v>807</v>
       </c>
       <c r="N85" t="s">
         <v>825</v>
       </c>
       <c r="O85"/>
       <c r="P85"/>
       <c r="Q85"/>
       <c r="R85" t="s">
         <v>239</v>
       </c>
       <c r="S85"/>
       <c r="T85" t="s">
         <v>826</v>
       </c>
       <c r="U85" t="s">
         <v>827</v>
       </c>
       <c r="V85" t="s">
         <v>828</v>
       </c>
       <c r="W85" t="s">
         <v>36</v>
       </c>
       <c r="X85" t="s">
-        <v>1769</v>
+        <v>1766</v>
       </c>
     </row>
-    <row r="86" spans="1:55">
+    <row r="86" spans="1:56">
       <c r="A86" t="s">
         <v>829</v>
       </c>
       <c r="B86" t="s">
         <v>457</v>
       </c>
       <c r="C86"/>
       <c r="D86" t="s">
         <v>25</v>
       </c>
       <c r="E86" t="s">
         <v>25</v>
       </c>
       <c r="F86"/>
       <c r="G86">
         <v>26026320</v>
       </c>
       <c r="H86" t="s">
         <v>830</v>
       </c>
       <c r="I86">
         <v>2015</v>
       </c>
       <c r="J86" t="s">
         <v>831</v>
@@ -11979,54 +11980,54 @@
         <v>834</v>
       </c>
       <c r="P86">
         <v>5</v>
       </c>
       <c r="Q86">
         <v>25</v>
       </c>
       <c r="R86" t="s">
         <v>473</v>
       </c>
       <c r="S86"/>
       <c r="T86" t="s">
         <v>835</v>
       </c>
       <c r="U86" t="s">
         <v>836</v>
       </c>
       <c r="V86" t="s">
         <v>837</v>
       </c>
       <c r="W86" t="s">
         <v>36</v>
       </c>
       <c r="X86" t="s">
-        <v>1770</v>
+        <v>1767</v>
       </c>
     </row>
-    <row r="87" spans="1:55">
+    <row r="87" spans="1:56">
       <c r="A87" t="s">
         <v>838</v>
       </c>
       <c r="B87" t="s">
         <v>73</v>
       </c>
       <c r="C87"/>
       <c r="D87" t="s">
         <v>25</v>
       </c>
       <c r="E87" t="s">
         <v>25</v>
       </c>
       <c r="F87"/>
       <c r="G87">
         <v>25985155</v>
       </c>
       <c r="H87" t="s">
         <v>839</v>
       </c>
       <c r="I87">
         <v>2015</v>
       </c>
       <c r="J87" t="s">
         <v>840</v>
@@ -12045,54 +12046,54 @@
       </c>
       <c r="O87" t="s">
         <v>845</v>
       </c>
       <c r="P87"/>
       <c r="Q87">
         <v>60</v>
       </c>
       <c r="R87" t="s">
         <v>841</v>
       </c>
       <c r="S87"/>
       <c r="T87" t="s">
         <v>846</v>
       </c>
       <c r="U87" t="s">
         <v>847</v>
       </c>
       <c r="V87" t="s">
         <v>828</v>
       </c>
       <c r="W87" t="s">
         <v>36</v>
       </c>
       <c r="X87" t="s">
-        <v>1771</v>
+        <v>1768</v>
       </c>
     </row>
-    <row r="88" spans="1:55">
+    <row r="88" spans="1:56">
       <c r="A88" t="s">
         <v>848</v>
       </c>
       <c r="B88" t="s">
         <v>73</v>
       </c>
       <c r="C88"/>
       <c r="D88" t="s">
         <v>25</v>
       </c>
       <c r="E88" t="s">
         <v>25</v>
       </c>
       <c r="F88"/>
       <c r="G88"/>
       <c r="H88" t="s">
         <v>849</v>
       </c>
       <c r="I88">
         <v>2015</v>
       </c>
       <c r="J88" t="s">
         <v>850</v>
       </c>
       <c r="K88" t="s">
@@ -12107,54 +12108,54 @@
       </c>
       <c r="O88" t="s">
         <v>854</v>
       </c>
       <c r="P88"/>
       <c r="Q88">
         <v>8</v>
       </c>
       <c r="R88" t="s">
         <v>851</v>
       </c>
       <c r="S88"/>
       <c r="T88" t="s">
         <v>855</v>
       </c>
       <c r="U88" t="s">
         <v>856</v>
       </c>
       <c r="V88" t="s">
         <v>857</v>
       </c>
       <c r="W88" t="s">
         <v>36</v>
       </c>
       <c r="X88" t="s">
-        <v>1772</v>
+        <v>1769</v>
       </c>
     </row>
-    <row r="89" spans="1:55">
+    <row r="89" spans="1:56">
       <c r="A89" t="s">
         <v>858</v>
       </c>
       <c r="B89" t="s">
         <v>457</v>
       </c>
       <c r="C89"/>
       <c r="D89" t="s">
         <v>25</v>
       </c>
       <c r="E89" t="s">
         <v>25</v>
       </c>
       <c r="F89"/>
       <c r="G89">
         <v>26204914</v>
       </c>
       <c r="H89" t="s">
         <v>859</v>
       </c>
       <c r="I89">
         <v>2015</v>
       </c>
       <c r="J89" t="s">
         <v>860</v>
@@ -12169,54 +12170,54 @@
         <v>863</v>
       </c>
       <c r="N89" t="s">
         <v>864</v>
       </c>
       <c r="O89"/>
       <c r="P89"/>
       <c r="Q89"/>
       <c r="R89" t="s">
         <v>865</v>
       </c>
       <c r="S89"/>
       <c r="T89" t="s">
         <v>866</v>
       </c>
       <c r="U89" t="s">
         <v>867</v>
       </c>
       <c r="V89" t="s">
         <v>868</v>
       </c>
       <c r="W89" t="s">
         <v>36</v>
       </c>
       <c r="X89" t="s">
-        <v>1773</v>
+        <v>1770</v>
       </c>
     </row>
-    <row r="90" spans="1:55">
+    <row r="90" spans="1:56">
       <c r="A90" t="s">
         <v>869</v>
       </c>
       <c r="B90" t="s">
         <v>24</v>
       </c>
       <c r="C90"/>
       <c r="D90" t="s">
         <v>25</v>
       </c>
       <c r="E90" t="s">
         <v>25</v>
       </c>
       <c r="F90"/>
       <c r="G90">
         <v>26315439</v>
       </c>
       <c r="H90" t="s">
         <v>870</v>
       </c>
       <c r="I90">
         <v>2015</v>
       </c>
       <c r="J90" t="s">
         <v>871</v>
@@ -12237,54 +12238,54 @@
         <v>876</v>
       </c>
       <c r="P90">
         <v>6251</v>
       </c>
       <c r="Q90">
         <v>349</v>
       </c>
       <c r="R90" t="s">
         <v>877</v>
       </c>
       <c r="S90"/>
       <c r="T90" t="s">
         <v>878</v>
       </c>
       <c r="U90" t="s">
         <v>879</v>
       </c>
       <c r="V90" t="s">
         <v>880</v>
       </c>
       <c r="W90" t="s">
         <v>36</v>
       </c>
       <c r="X90" t="s">
-        <v>1768</v>
+        <v>1765</v>
       </c>
     </row>
-    <row r="91" spans="1:55">
+    <row r="91" spans="1:56">
       <c r="A91" t="s">
         <v>881</v>
       </c>
       <c r="B91" t="s">
         <v>73</v>
       </c>
       <c r="C91"/>
       <c r="D91" t="s">
         <v>25</v>
       </c>
       <c r="E91" t="s">
         <v>25</v>
       </c>
       <c r="F91"/>
       <c r="G91">
         <v>26078285</v>
       </c>
       <c r="H91" t="s">
         <v>823</v>
       </c>
       <c r="I91">
         <v>2015</v>
       </c>
       <c r="J91" t="s">
         <v>882</v>
@@ -12305,54 +12306,54 @@
         <v>883</v>
       </c>
       <c r="P91">
         <v>5</v>
       </c>
       <c r="Q91">
         <v>117</v>
       </c>
       <c r="R91" t="s">
         <v>239</v>
       </c>
       <c r="S91"/>
       <c r="T91" t="s">
         <v>884</v>
       </c>
       <c r="U91" t="s">
         <v>827</v>
       </c>
       <c r="V91" t="s">
         <v>828</v>
       </c>
       <c r="W91" t="s">
         <v>36</v>
       </c>
       <c r="X91" t="s">
-        <v>1774</v>
+        <v>1771</v>
       </c>
     </row>
-    <row r="92" spans="1:55">
+    <row r="92" spans="1:56">
       <c r="A92" t="s">
         <v>885</v>
       </c>
       <c r="B92" t="s">
         <v>243</v>
       </c>
       <c r="C92"/>
       <c r="D92" t="s">
         <v>25</v>
       </c>
       <c r="E92" t="s">
         <v>25</v>
       </c>
       <c r="F92"/>
       <c r="G92"/>
       <c r="H92" t="s">
         <v>886</v>
       </c>
       <c r="I92">
         <v>2015</v>
       </c>
       <c r="J92" t="s">
         <v>887</v>
       </c>
       <c r="K92" t="s">
@@ -12369,54 +12370,54 @@
         <v>891</v>
       </c>
       <c r="P92">
         <v>1</v>
       </c>
       <c r="Q92">
         <v>11</v>
       </c>
       <c r="R92" t="s">
         <v>892</v>
       </c>
       <c r="S92"/>
       <c r="T92" t="s">
         <v>893</v>
       </c>
       <c r="U92" t="s">
         <v>894</v>
       </c>
       <c r="V92" t="s">
         <v>895</v>
       </c>
       <c r="W92" t="s">
         <v>36</v>
       </c>
       <c r="X92" t="s">
-        <v>1775</v>
+        <v>1772</v>
       </c>
     </row>
-    <row r="93" spans="1:55">
+    <row r="93" spans="1:56">
       <c r="A93" t="s">
         <v>896</v>
       </c>
       <c r="B93" t="s">
         <v>73</v>
       </c>
       <c r="C93"/>
       <c r="D93" t="s">
         <v>25</v>
       </c>
       <c r="E93" t="s">
         <v>25</v>
       </c>
       <c r="F93"/>
       <c r="G93">
         <v>26362920</v>
       </c>
       <c r="H93" t="s">
         <v>897</v>
       </c>
       <c r="I93">
         <v>2015</v>
       </c>
       <c r="J93" t="s">
         <v>898</v>
@@ -12431,54 +12432,54 @@
         <v>901</v>
       </c>
       <c r="N93" t="s">
         <v>902</v>
       </c>
       <c r="O93"/>
       <c r="P93"/>
       <c r="Q93"/>
       <c r="R93" t="s">
         <v>903</v>
       </c>
       <c r="S93"/>
       <c r="T93" t="s">
         <v>904</v>
       </c>
       <c r="U93" t="s">
         <v>905</v>
       </c>
       <c r="V93" t="s">
         <v>828</v>
       </c>
       <c r="W93" t="s">
         <v>36</v>
       </c>
       <c r="X93" t="s">
-        <v>1776</v>
+        <v>1773</v>
       </c>
     </row>
-    <row r="94" spans="1:55">
+    <row r="94" spans="1:56">
       <c r="A94" t="s">
         <v>906</v>
       </c>
       <c r="B94" t="s">
         <v>73</v>
       </c>
       <c r="C94"/>
       <c r="D94" t="s">
         <v>25</v>
       </c>
       <c r="E94" t="s">
         <v>25</v>
       </c>
       <c r="F94"/>
       <c r="G94">
         <v>26291556</v>
       </c>
       <c r="H94" t="s">
         <v>907</v>
       </c>
       <c r="I94">
         <v>2015</v>
       </c>
       <c r="J94" t="s">
         <v>908</v>
@@ -12493,54 +12494,54 @@
         <v>807</v>
       </c>
       <c r="N94" t="s">
         <v>909</v>
       </c>
       <c r="O94"/>
       <c r="P94"/>
       <c r="Q94"/>
       <c r="R94" t="s">
         <v>239</v>
       </c>
       <c r="S94"/>
       <c r="T94" t="s">
         <v>910</v>
       </c>
       <c r="U94" t="s">
         <v>911</v>
       </c>
       <c r="V94" t="s">
         <v>912</v>
       </c>
       <c r="W94" t="s">
         <v>36</v>
       </c>
       <c r="X94" t="s">
-        <v>1777</v>
+        <v>1774</v>
       </c>
     </row>
-    <row r="95" spans="1:55">
+    <row r="95" spans="1:56">
       <c r="A95" t="s">
         <v>913</v>
       </c>
       <c r="B95" t="s">
         <v>73</v>
       </c>
       <c r="C95"/>
       <c r="D95" t="s">
         <v>25</v>
       </c>
       <c r="E95" t="s">
         <v>25</v>
       </c>
       <c r="F95"/>
       <c r="G95">
         <v>26403541</v>
       </c>
       <c r="H95" t="s">
         <v>914</v>
       </c>
       <c r="I95">
         <v>2015</v>
       </c>
       <c r="J95" t="s">
         <v>915</v>
@@ -12557,54 +12558,54 @@
       </c>
       <c r="O95">
         <v>8391</v>
       </c>
       <c r="P95"/>
       <c r="Q95">
         <v>6</v>
       </c>
       <c r="R95" t="s">
         <v>919</v>
       </c>
       <c r="S95"/>
       <c r="T95" t="s">
         <v>920</v>
       </c>
       <c r="U95" t="s">
         <v>921</v>
       </c>
       <c r="V95" t="s">
         <v>922</v>
       </c>
       <c r="W95" t="s">
         <v>36</v>
       </c>
       <c r="X95" t="s">
-        <v>1778</v>
+        <v>1775</v>
       </c>
     </row>
-    <row r="96" spans="1:55">
+    <row r="96" spans="1:56">
       <c r="A96" t="s">
         <v>923</v>
       </c>
       <c r="B96" t="s">
         <v>457</v>
       </c>
       <c r="C96"/>
       <c r="D96" t="s">
         <v>25</v>
       </c>
       <c r="E96" t="s">
         <v>25</v>
       </c>
       <c r="F96"/>
       <c r="G96"/>
       <c r="H96" t="s">
         <v>924</v>
       </c>
       <c r="I96">
         <v>2015</v>
       </c>
       <c r="J96" t="s">
         <v>925</v>
       </c>
       <c r="K96" t="s">
@@ -12621,54 +12622,54 @@
       </c>
       <c r="O96"/>
       <c r="P96">
         <v>4</v>
       </c>
       <c r="Q96">
         <v>92</v>
       </c>
       <c r="R96" t="s">
         <v>483</v>
       </c>
       <c r="S96"/>
       <c r="T96" t="s">
         <v>929</v>
       </c>
       <c r="U96" t="s">
         <v>930</v>
       </c>
       <c r="V96" t="s">
         <v>837</v>
       </c>
       <c r="W96" t="s">
         <v>36</v>
       </c>
       <c r="X96" t="s">
-        <v>1779</v>
+        <v>1776</v>
       </c>
     </row>
-    <row r="97" spans="1:55">
+    <row r="97" spans="1:56">
       <c r="A97" t="s">
         <v>931</v>
       </c>
       <c r="B97" t="s">
         <v>163</v>
       </c>
       <c r="C97"/>
       <c r="D97" t="s">
         <v>25</v>
       </c>
       <c r="E97" t="s">
         <v>25</v>
       </c>
       <c r="F97"/>
       <c r="G97">
         <v>26493982</v>
       </c>
       <c r="H97" t="s">
         <v>932</v>
       </c>
       <c r="I97">
         <v>2015</v>
       </c>
       <c r="J97" t="s">
         <v>933</v>
@@ -12683,54 +12684,54 @@
         <v>936</v>
       </c>
       <c r="N97" t="s">
         <v>937</v>
       </c>
       <c r="O97"/>
       <c r="P97"/>
       <c r="Q97"/>
       <c r="R97" t="s">
         <v>938</v>
       </c>
       <c r="S97"/>
       <c r="T97" t="s">
         <v>939</v>
       </c>
       <c r="U97" t="s">
         <v>940</v>
       </c>
       <c r="V97" t="s">
         <v>941</v>
       </c>
       <c r="W97" t="s">
         <v>36</v>
       </c>
       <c r="X97" t="s">
-        <v>1780</v>
+        <v>1777</v>
       </c>
     </row>
-    <row r="98" spans="1:55">
+    <row r="98" spans="1:56">
       <c r="A98" t="s">
         <v>942</v>
       </c>
       <c r="B98" t="s">
         <v>943</v>
       </c>
       <c r="C98"/>
       <c r="D98" t="s">
         <v>25</v>
       </c>
       <c r="E98" t="s">
         <v>25</v>
       </c>
       <c r="F98"/>
       <c r="G98">
         <v>26513457</v>
       </c>
       <c r="H98" t="s">
         <v>944</v>
       </c>
       <c r="I98">
         <v>2015</v>
       </c>
       <c r="J98" t="s">
         <v>945</v>
@@ -12745,54 +12746,54 @@
         <v>948</v>
       </c>
       <c r="N98" t="s">
         <v>949</v>
       </c>
       <c r="O98"/>
       <c r="P98"/>
       <c r="Q98"/>
       <c r="R98" t="s">
         <v>950</v>
       </c>
       <c r="S98"/>
       <c r="T98" t="s">
         <v>951</v>
       </c>
       <c r="U98" t="s">
         <v>952</v>
       </c>
       <c r="V98" t="s">
         <v>953</v>
       </c>
       <c r="W98" t="s">
         <v>36</v>
       </c>
       <c r="X98" t="s">
-        <v>1781</v>
+        <v>1778</v>
       </c>
     </row>
-    <row r="99" spans="1:55">
+    <row r="99" spans="1:56">
       <c r="A99" t="s">
         <v>954</v>
       </c>
       <c r="B99" t="s">
         <v>292</v>
       </c>
       <c r="C99"/>
       <c r="D99" t="s">
         <v>25</v>
       </c>
       <c r="E99" t="s">
         <v>25</v>
       </c>
       <c r="F99"/>
       <c r="G99">
         <v>26545234</v>
       </c>
       <c r="H99" t="s">
         <v>955</v>
       </c>
       <c r="I99">
         <v>2015</v>
       </c>
       <c r="J99" t="s">
         <v>956</v>
@@ -12813,54 +12814,54 @@
         <v>961</v>
       </c>
       <c r="P99">
         <v>11</v>
       </c>
       <c r="Q99">
         <v>11</v>
       </c>
       <c r="R99" t="s">
         <v>962</v>
       </c>
       <c r="S99"/>
       <c r="T99" t="s">
         <v>963</v>
       </c>
       <c r="U99" t="s">
         <v>964</v>
       </c>
       <c r="V99" t="s">
         <v>965</v>
       </c>
       <c r="W99" t="s">
         <v>36</v>
       </c>
       <c r="X99" t="s">
-        <v>1782</v>
+        <v>1779</v>
       </c>
     </row>
-    <row r="100" spans="1:55">
+    <row r="100" spans="1:56">
       <c r="A100" t="s">
         <v>966</v>
       </c>
       <c r="B100" t="s">
         <v>73</v>
       </c>
       <c r="C100"/>
       <c r="D100" t="s">
         <v>25</v>
       </c>
       <c r="E100" t="s">
         <v>25</v>
       </c>
       <c r="F100"/>
       <c r="G100"/>
       <c r="H100" t="s">
         <v>967</v>
       </c>
       <c r="I100">
         <v>2016</v>
       </c>
       <c r="J100" t="s">
         <v>968</v>
       </c>
       <c r="K100" t="s">
@@ -12877,54 +12878,54 @@
       </c>
       <c r="O100" t="s">
         <v>970</v>
       </c>
       <c r="P100"/>
       <c r="Q100">
         <v>118</v>
       </c>
       <c r="R100" t="s">
         <v>239</v>
       </c>
       <c r="S100"/>
       <c r="T100" t="s">
         <v>828</v>
       </c>
       <c r="U100" t="s">
         <v>828</v>
       </c>
       <c r="V100" t="s">
         <v>828</v>
       </c>
       <c r="W100" t="s">
         <v>36</v>
       </c>
       <c r="X100" t="s">
-        <v>1783</v>
+        <v>1780</v>
       </c>
     </row>
-    <row r="101" spans="1:55">
+    <row r="101" spans="1:56">
       <c r="A101" t="s">
         <v>971</v>
       </c>
       <c r="B101" t="s">
         <v>38</v>
       </c>
       <c r="C101"/>
       <c r="D101" t="s">
         <v>25</v>
       </c>
       <c r="E101" t="s">
         <v>25</v>
       </c>
       <c r="F101"/>
       <c r="G101">
         <v>26743085</v>
       </c>
       <c r="H101" t="s">
         <v>972</v>
       </c>
       <c r="I101">
         <v>2016</v>
       </c>
       <c r="J101" t="s">
         <v>973</v>
@@ -12939,54 +12940,54 @@
         <v>975</v>
       </c>
       <c r="N101" t="s">
         <v>976</v>
       </c>
       <c r="O101"/>
       <c r="P101"/>
       <c r="Q101"/>
       <c r="R101" t="s">
         <v>59</v>
       </c>
       <c r="S101"/>
       <c r="T101" t="s">
         <v>977</v>
       </c>
       <c r="U101" t="s">
         <v>978</v>
       </c>
       <c r="V101" t="s">
         <v>979</v>
       </c>
       <c r="W101" t="s">
         <v>36</v>
       </c>
       <c r="X101" t="s">
-        <v>1784</v>
+        <v>1781</v>
       </c>
     </row>
-    <row r="102" spans="1:55">
+    <row r="102" spans="1:56">
       <c r="A102" t="s">
         <v>980</v>
       </c>
       <c r="B102" t="s">
         <v>108</v>
       </c>
       <c r="C102"/>
       <c r="D102" t="s">
         <v>25</v>
       </c>
       <c r="E102" t="s">
         <v>25</v>
       </c>
       <c r="F102"/>
       <c r="G102">
         <v>26697888</v>
       </c>
       <c r="H102" t="s">
         <v>981</v>
       </c>
       <c r="I102">
         <v>2015</v>
       </c>
       <c r="J102" t="s">
         <v>982</v>
@@ -13001,54 +13002,54 @@
         <v>985</v>
       </c>
       <c r="N102" t="s">
         <v>986</v>
       </c>
       <c r="O102"/>
       <c r="P102"/>
       <c r="Q102"/>
       <c r="R102" t="s">
         <v>987</v>
       </c>
       <c r="S102"/>
       <c r="T102" t="s">
         <v>988</v>
       </c>
       <c r="U102" t="s">
         <v>989</v>
       </c>
       <c r="V102" t="s">
         <v>990</v>
       </c>
       <c r="W102" t="s">
         <v>36</v>
       </c>
       <c r="X102" t="s">
-        <v>1785</v>
+        <v>1782</v>
       </c>
     </row>
-    <row r="103" spans="1:55">
+    <row r="103" spans="1:56">
       <c r="A103" t="s">
         <v>991</v>
       </c>
       <c r="B103" t="s">
         <v>992</v>
       </c>
       <c r="C103"/>
       <c r="D103" t="s">
         <v>25</v>
       </c>
       <c r="E103" t="s">
         <v>25</v>
       </c>
       <c r="F103"/>
       <c r="G103">
         <v>26694078</v>
       </c>
       <c r="H103" t="s">
         <v>993</v>
       </c>
       <c r="I103">
         <v>2015</v>
       </c>
       <c r="J103" t="s">
         <v>994</v>
@@ -13063,54 +13064,54 @@
         <v>188</v>
       </c>
       <c r="N103" t="s">
         <v>997</v>
       </c>
       <c r="O103"/>
       <c r="P103"/>
       <c r="Q103"/>
       <c r="R103" t="s">
         <v>190</v>
       </c>
       <c r="S103"/>
       <c r="T103" t="s">
         <v>998</v>
       </c>
       <c r="U103" t="s">
         <v>999</v>
       </c>
       <c r="V103" t="s">
         <v>1000</v>
       </c>
       <c r="W103" t="s">
         <v>36</v>
       </c>
       <c r="X103" t="s">
-        <v>1786</v>
+        <v>1783</v>
       </c>
     </row>
-    <row r="104" spans="1:55">
+    <row r="104" spans="1:56">
       <c r="A104" t="s">
         <v>1001</v>
       </c>
       <c r="B104" t="s">
         <v>271</v>
       </c>
       <c r="C104"/>
       <c r="D104" t="s">
         <v>25</v>
       </c>
       <c r="E104" t="s">
         <v>25</v>
       </c>
       <c r="F104"/>
       <c r="G104">
         <v>25917898</v>
       </c>
       <c r="H104" t="s">
         <v>1002</v>
       </c>
       <c r="I104">
         <v>2015</v>
       </c>
       <c r="J104" t="s">
         <v>1003</v>
@@ -13127,54 +13128,54 @@
       </c>
       <c r="O104">
         <v>6965</v>
       </c>
       <c r="P104"/>
       <c r="Q104">
         <v>6</v>
       </c>
       <c r="R104" t="s">
         <v>919</v>
       </c>
       <c r="S104"/>
       <c r="T104" t="s">
         <v>1005</v>
       </c>
       <c r="U104" t="s">
         <v>1006</v>
       </c>
       <c r="V104" t="s">
         <v>812</v>
       </c>
       <c r="W104" t="s">
         <v>36</v>
       </c>
       <c r="X104" t="s">
-        <v>1787</v>
+        <v>1784</v>
       </c>
     </row>
-    <row r="105" spans="1:55">
+    <row r="105" spans="1:56">
       <c r="A105" t="s">
         <v>1007</v>
       </c>
       <c r="B105" t="s">
         <v>163</v>
       </c>
       <c r="C105"/>
       <c r="D105" t="s">
         <v>25</v>
       </c>
       <c r="E105" t="s">
         <v>25</v>
       </c>
       <c r="F105"/>
       <c r="G105">
         <v>25990311</v>
       </c>
       <c r="H105" t="s">
         <v>1008</v>
       </c>
       <c r="I105">
         <v>2015</v>
       </c>
       <c r="J105" t="s">
         <v>1009</v>
@@ -13195,54 +13196,54 @@
         <v>1014</v>
       </c>
       <c r="P105">
         <v>1</v>
       </c>
       <c r="Q105">
         <v>107</v>
       </c>
       <c r="R105" t="s">
         <v>170</v>
       </c>
       <c r="S105"/>
       <c r="T105" t="s">
         <v>1015</v>
       </c>
       <c r="U105" t="s">
         <v>940</v>
       </c>
       <c r="V105" t="s">
         <v>941</v>
       </c>
       <c r="W105" t="s">
         <v>36</v>
       </c>
       <c r="X105" t="s">
-        <v>1788</v>
+        <v>1785</v>
       </c>
     </row>
-    <row r="106" spans="1:55">
+    <row r="106" spans="1:56">
       <c r="A106" t="s">
         <v>1016</v>
       </c>
       <c r="B106" t="s">
         <v>271</v>
       </c>
       <c r="C106"/>
       <c r="D106" t="s">
         <v>25</v>
       </c>
       <c r="E106" t="s">
         <v>25</v>
       </c>
       <c r="F106"/>
       <c r="G106">
         <v>23426181</v>
       </c>
       <c r="H106" t="s">
         <v>1017</v>
       </c>
       <c r="I106">
         <v>2013</v>
       </c>
       <c r="J106" t="s">
         <v>1018</v>
@@ -13263,54 +13264,54 @@
         <v>1022</v>
       </c>
       <c r="P106">
         <v>3</v>
       </c>
       <c r="Q106">
         <v>123</v>
       </c>
       <c r="R106" t="s">
         <v>138</v>
       </c>
       <c r="S106"/>
       <c r="T106" t="s">
         <v>1023</v>
       </c>
       <c r="U106" t="s">
         <v>1024</v>
       </c>
       <c r="V106" t="s">
         <v>1025</v>
       </c>
       <c r="W106" t="s">
         <v>36</v>
       </c>
       <c r="X106" t="s">
-        <v>1789</v>
+        <v>1786</v>
       </c>
     </row>
-    <row r="107" spans="1:55">
+    <row r="107" spans="1:56">
       <c r="A107" t="s">
         <v>1026</v>
       </c>
       <c r="B107" t="s">
         <v>97</v>
       </c>
       <c r="C107"/>
       <c r="D107" t="s">
         <v>25</v>
       </c>
       <c r="E107" t="s">
         <v>25</v>
       </c>
       <c r="F107"/>
       <c r="G107">
         <v>25691870</v>
       </c>
       <c r="H107" t="s">
         <v>1027</v>
       </c>
       <c r="I107">
         <v>2015</v>
       </c>
       <c r="J107" t="s">
         <v>1028</v>
@@ -13327,54 +13328,54 @@
       </c>
       <c r="O107">
         <v>7</v>
       </c>
       <c r="P107"/>
       <c r="Q107">
         <v>6</v>
       </c>
       <c r="R107" t="s">
         <v>1032</v>
       </c>
       <c r="S107"/>
       <c r="T107" t="s">
         <v>1033</v>
       </c>
       <c r="U107" t="s">
         <v>1034</v>
       </c>
       <c r="V107" t="s">
         <v>1035</v>
       </c>
       <c r="W107" t="s">
         <v>36</v>
       </c>
       <c r="X107" t="s">
-        <v>1790</v>
+        <v>1787</v>
       </c>
     </row>
-    <row r="108" spans="1:55">
+    <row r="108" spans="1:56">
       <c r="A108" t="s">
         <v>1036</v>
       </c>
       <c r="B108" t="s">
         <v>943</v>
       </c>
       <c r="C108"/>
       <c r="D108" t="s">
         <v>25</v>
       </c>
       <c r="E108" t="s">
         <v>25</v>
       </c>
       <c r="F108"/>
       <c r="G108">
         <v>25950680</v>
       </c>
       <c r="H108" t="s">
         <v>1037</v>
       </c>
       <c r="I108">
         <v>2015</v>
       </c>
       <c r="J108" t="s">
         <v>1038</v>
@@ -13393,54 +13394,54 @@
         <v>1042</v>
       </c>
       <c r="P108">
         <v>5</v>
       </c>
       <c r="Q108">
         <v>10</v>
       </c>
       <c r="R108" t="s">
         <v>1043</v>
       </c>
       <c r="S108"/>
       <c r="T108" t="s">
         <v>1044</v>
       </c>
       <c r="U108" t="s">
         <v>1045</v>
       </c>
       <c r="V108" t="s">
         <v>1046</v>
       </c>
       <c r="W108" t="s">
         <v>36</v>
       </c>
       <c r="X108" t="s">
-        <v>1791</v>
+        <v>1788</v>
       </c>
     </row>
-    <row r="109" spans="1:55">
+    <row r="109" spans="1:56">
       <c r="A109" t="s">
         <v>1047</v>
       </c>
       <c r="B109" t="s">
         <v>292</v>
       </c>
       <c r="C109"/>
       <c r="D109" t="s">
         <v>25</v>
       </c>
       <c r="E109" t="s">
         <v>25</v>
       </c>
       <c r="F109"/>
       <c r="G109">
         <v>26620800</v>
       </c>
       <c r="H109" t="s">
         <v>1048</v>
       </c>
       <c r="I109">
         <v>2015</v>
       </c>
       <c r="J109" t="s">
         <v>1049</v>
@@ -13453,54 +13454,54 @@
       </c>
       <c r="M109"/>
       <c r="N109" t="s">
         <v>1052</v>
       </c>
       <c r="O109"/>
       <c r="P109"/>
       <c r="Q109"/>
       <c r="R109" t="s">
         <v>685</v>
       </c>
       <c r="S109"/>
       <c r="T109" t="s">
         <v>1053</v>
       </c>
       <c r="U109" t="s">
         <v>1054</v>
       </c>
       <c r="V109" t="s">
         <v>1055</v>
       </c>
       <c r="W109" t="s">
         <v>36</v>
       </c>
       <c r="X109" t="s">
-        <v>1792</v>
+        <v>1789</v>
       </c>
     </row>
-    <row r="110" spans="1:55">
+    <row r="110" spans="1:56">
       <c r="A110" t="s">
         <v>1056</v>
       </c>
       <c r="B110" t="s">
         <v>292</v>
       </c>
       <c r="C110"/>
       <c r="D110" t="s">
         <v>25</v>
       </c>
       <c r="E110" t="s">
         <v>25</v>
       </c>
       <c r="F110"/>
       <c r="G110">
         <v>26321952</v>
       </c>
       <c r="H110" t="s">
         <v>1057</v>
       </c>
       <c r="I110">
         <v>2015</v>
       </c>
       <c r="J110" t="s">
         <v>1058</v>
@@ -13517,54 +13518,54 @@
       </c>
       <c r="O110">
         <v>166</v>
       </c>
       <c r="P110"/>
       <c r="Q110">
         <v>6</v>
       </c>
       <c r="R110" t="s">
         <v>415</v>
       </c>
       <c r="S110"/>
       <c r="T110" t="s">
         <v>1061</v>
       </c>
       <c r="U110" t="s">
         <v>1062</v>
       </c>
       <c r="V110" t="s">
         <v>1063</v>
       </c>
       <c r="W110" t="s">
         <v>36</v>
       </c>
       <c r="X110" t="s">
-        <v>1793</v>
+        <v>1790</v>
       </c>
     </row>
-    <row r="111" spans="1:55">
+    <row r="111" spans="1:56">
       <c r="A111" t="s">
         <v>1064</v>
       </c>
       <c r="B111" t="s">
         <v>292</v>
       </c>
       <c r="C111"/>
       <c r="D111" t="s">
         <v>25</v>
       </c>
       <c r="E111" t="s">
         <v>25</v>
       </c>
       <c r="F111"/>
       <c r="G111">
         <v>26631747</v>
       </c>
       <c r="H111" t="s">
         <v>1065</v>
       </c>
       <c r="I111">
         <v>2015</v>
       </c>
       <c r="J111" t="s">
         <v>1066</v>
@@ -13585,54 +13586,54 @@
         <v>1068</v>
       </c>
       <c r="P111">
         <v>50</v>
       </c>
       <c r="Q111">
         <v>112</v>
       </c>
       <c r="R111" t="s">
         <v>865</v>
       </c>
       <c r="S111"/>
       <c r="T111" t="s">
         <v>1069</v>
       </c>
       <c r="U111" t="s">
         <v>1070</v>
       </c>
       <c r="V111" t="s">
         <v>1055</v>
       </c>
       <c r="W111" t="s">
         <v>36</v>
       </c>
       <c r="X111" t="s">
-        <v>1794</v>
+        <v>1791</v>
       </c>
     </row>
-    <row r="112" spans="1:55">
+    <row r="112" spans="1:56">
       <c r="A112" t="s">
         <v>1071</v>
       </c>
       <c r="B112" t="s">
         <v>85</v>
       </c>
       <c r="C112"/>
       <c r="D112" t="s">
         <v>25</v>
       </c>
       <c r="E112" t="s">
         <v>25</v>
       </c>
       <c r="F112"/>
       <c r="G112">
         <v>26213574</v>
       </c>
       <c r="H112" t="s">
         <v>1072</v>
       </c>
       <c r="I112">
         <v>2015</v>
       </c>
       <c r="J112" t="s">
         <v>1073</v>
@@ -13649,54 +13650,54 @@
       </c>
       <c r="O112">
         <v>13</v>
       </c>
       <c r="P112"/>
       <c r="Q112">
         <v>8</v>
       </c>
       <c r="R112" t="s">
         <v>1077</v>
       </c>
       <c r="S112"/>
       <c r="T112" t="s">
         <v>1078</v>
       </c>
       <c r="U112" t="s">
         <v>1079</v>
       </c>
       <c r="V112" t="s">
         <v>1080</v>
       </c>
       <c r="W112" t="s">
         <v>36</v>
       </c>
       <c r="X112" t="s">
-        <v>1795</v>
+        <v>1792</v>
       </c>
     </row>
-    <row r="113" spans="1:55">
+    <row r="113" spans="1:56">
       <c r="A113" t="s">
         <v>1081</v>
       </c>
       <c r="B113" t="s">
         <v>85</v>
       </c>
       <c r="C113"/>
       <c r="D113" t="s">
         <v>25</v>
       </c>
       <c r="E113" t="s">
         <v>25</v>
       </c>
       <c r="F113"/>
       <c r="G113">
         <v>25955707</v>
       </c>
       <c r="H113" t="s">
         <v>1082</v>
       </c>
       <c r="I113">
         <v>2015</v>
       </c>
       <c r="J113" t="s">
         <v>1083</v>
@@ -13717,54 +13718,54 @@
         <v>1088</v>
       </c>
       <c r="P113">
         <v>6</v>
       </c>
       <c r="Q113">
         <v>37</v>
       </c>
       <c r="R113" t="s">
         <v>1089</v>
       </c>
       <c r="S113"/>
       <c r="T113" t="s">
         <v>1090</v>
       </c>
       <c r="U113" t="s">
         <v>1079</v>
       </c>
       <c r="V113" t="s">
         <v>1080</v>
       </c>
       <c r="W113" t="s">
         <v>36</v>
       </c>
       <c r="X113" t="s">
-        <v>1796</v>
+        <v>1793</v>
       </c>
     </row>
-    <row r="114" spans="1:55">
+    <row r="114" spans="1:56">
       <c r="A114" t="s">
         <v>1091</v>
       </c>
       <c r="B114" t="s">
         <v>85</v>
       </c>
       <c r="C114"/>
       <c r="D114" t="s">
         <v>25</v>
       </c>
       <c r="E114" t="s">
         <v>25</v>
       </c>
       <c r="F114"/>
       <c r="G114">
         <v>24480825</v>
       </c>
       <c r="H114" t="s">
         <v>1092</v>
       </c>
       <c r="I114">
         <v>2014</v>
       </c>
       <c r="J114" t="s">
         <v>1093</v>
@@ -13785,54 +13786,54 @@
         <v>1098</v>
       </c>
       <c r="P114">
         <v>5</v>
       </c>
       <c r="Q114">
         <v>25</v>
       </c>
       <c r="R114" t="s">
         <v>1099</v>
       </c>
       <c r="S114"/>
       <c r="T114" t="s">
         <v>1100</v>
       </c>
       <c r="U114" t="s">
         <v>1101</v>
       </c>
       <c r="V114" t="s">
         <v>1102</v>
       </c>
       <c r="W114" t="s">
         <v>36</v>
       </c>
       <c r="X114" t="s">
-        <v>1797</v>
+        <v>1794</v>
       </c>
     </row>
-    <row r="115" spans="1:55">
+    <row r="115" spans="1:56">
       <c r="A115" t="s">
         <v>1103</v>
       </c>
       <c r="B115" t="s">
         <v>85</v>
       </c>
       <c r="C115"/>
       <c r="D115" t="s">
         <v>25</v>
       </c>
       <c r="E115" t="s">
         <v>25</v>
       </c>
       <c r="F115"/>
       <c r="G115">
         <v>25587097</v>
       </c>
       <c r="H115" t="s">
         <v>1104</v>
       </c>
       <c r="I115">
         <v>2015</v>
       </c>
       <c r="J115" t="s">
         <v>1105</v>
@@ -13853,54 +13854,54 @@
         <v>1107</v>
       </c>
       <c r="P115">
         <v>5</v>
       </c>
       <c r="Q115">
         <v>116</v>
       </c>
       <c r="R115" t="s">
         <v>239</v>
       </c>
       <c r="S115"/>
       <c r="T115" t="s">
         <v>1108</v>
       </c>
       <c r="U115" t="s">
         <v>1109</v>
       </c>
       <c r="V115" t="s">
         <v>1080</v>
       </c>
       <c r="W115" t="s">
         <v>36</v>
       </c>
       <c r="X115" t="s">
-        <v>1798</v>
+        <v>1795</v>
       </c>
     </row>
-    <row r="116" spans="1:55">
+    <row r="116" spans="1:56">
       <c r="A116" t="s">
         <v>1110</v>
       </c>
       <c r="B116" t="s">
         <v>85</v>
       </c>
       <c r="C116"/>
       <c r="D116" t="s">
         <v>25</v>
       </c>
       <c r="E116" t="s">
         <v>25</v>
       </c>
       <c r="F116"/>
       <c r="G116">
         <v>25616414</v>
       </c>
       <c r="H116" t="s">
         <v>1111</v>
       </c>
       <c r="I116">
         <v>2015</v>
       </c>
       <c r="J116" t="s">
         <v>1112</v>
@@ -13921,54 +13922,54 @@
         <v>1114</v>
       </c>
       <c r="P116">
         <v>3</v>
       </c>
       <c r="Q116">
         <v>105</v>
       </c>
       <c r="R116" t="s">
         <v>170</v>
       </c>
       <c r="S116"/>
       <c r="T116" t="s">
         <v>1115</v>
       </c>
       <c r="U116" t="s">
         <v>1109</v>
       </c>
       <c r="V116" t="s">
         <v>1080</v>
       </c>
       <c r="W116" t="s">
         <v>36</v>
       </c>
       <c r="X116" t="s">
-        <v>1799</v>
+        <v>1796</v>
       </c>
     </row>
-    <row r="117" spans="1:55">
+    <row r="117" spans="1:56">
       <c r="A117" t="s">
         <v>1116</v>
       </c>
       <c r="B117" t="s">
         <v>1117</v>
       </c>
       <c r="C117"/>
       <c r="D117" t="s">
         <v>25</v>
       </c>
       <c r="E117" t="s">
         <v>25</v>
       </c>
       <c r="F117"/>
       <c r="G117">
         <v>26635606</v>
       </c>
       <c r="H117" t="s">
         <v>1118</v>
       </c>
       <c r="I117">
         <v>2015</v>
       </c>
       <c r="J117" t="s">
         <v>1119</v>
@@ -13985,54 +13986,54 @@
       </c>
       <c r="O117">
         <v>276</v>
       </c>
       <c r="P117"/>
       <c r="Q117">
         <v>6</v>
       </c>
       <c r="R117" t="s">
         <v>415</v>
       </c>
       <c r="S117"/>
       <c r="T117" t="s">
         <v>1121</v>
       </c>
       <c r="U117" t="s">
         <v>1122</v>
       </c>
       <c r="V117" t="s">
         <v>1123</v>
       </c>
       <c r="W117" t="s">
         <v>36</v>
       </c>
       <c r="X117" t="s">
-        <v>1800</v>
+        <v>1797</v>
       </c>
     </row>
-    <row r="118" spans="1:55">
+    <row r="118" spans="1:56">
       <c r="A118" t="s">
         <v>1124</v>
       </c>
       <c r="B118" t="s">
         <v>1117</v>
       </c>
       <c r="C118"/>
       <c r="D118" t="s">
         <v>25</v>
       </c>
       <c r="E118" t="s">
         <v>25</v>
       </c>
       <c r="F118"/>
       <c r="G118">
         <v>26392029</v>
       </c>
       <c r="H118" t="s">
         <v>1125</v>
       </c>
       <c r="I118">
         <v>2015</v>
       </c>
       <c r="J118" t="s">
         <v>1126</v>
@@ -14051,54 +14052,54 @@
       </c>
       <c r="O118" t="s">
         <v>1129</v>
       </c>
       <c r="P118"/>
       <c r="Q118">
         <v>88</v>
       </c>
       <c r="R118" t="s">
         <v>200</v>
       </c>
       <c r="S118"/>
       <c r="T118" t="s">
         <v>1130</v>
       </c>
       <c r="U118" t="s">
         <v>1131</v>
       </c>
       <c r="V118" t="s">
         <v>1123</v>
       </c>
       <c r="W118" t="s">
         <v>36</v>
       </c>
       <c r="X118" t="s">
-        <v>1801</v>
+        <v>1798</v>
       </c>
     </row>
-    <row r="119" spans="1:55">
+    <row r="119" spans="1:56">
       <c r="A119" t="s">
         <v>1132</v>
       </c>
       <c r="B119" t="s">
         <v>1117</v>
       </c>
       <c r="C119"/>
       <c r="D119" t="s">
         <v>25</v>
       </c>
       <c r="E119" t="s">
         <v>25</v>
       </c>
       <c r="F119"/>
       <c r="G119">
         <v>26448568</v>
       </c>
       <c r="H119" t="s">
         <v>1133</v>
       </c>
       <c r="I119">
         <v>2015</v>
       </c>
       <c r="J119" t="s">
         <v>1134</v>
@@ -14117,54 +14118,54 @@
         <v>1136</v>
       </c>
       <c r="P119">
         <v>10</v>
       </c>
       <c r="Q119">
         <v>10</v>
       </c>
       <c r="R119" t="s">
         <v>1043</v>
       </c>
       <c r="S119"/>
       <c r="T119" t="s">
         <v>1137</v>
       </c>
       <c r="U119" t="s">
         <v>1138</v>
       </c>
       <c r="V119" t="s">
         <v>1123</v>
       </c>
       <c r="W119" t="s">
         <v>36</v>
       </c>
       <c r="X119" t="s">
-        <v>1802</v>
+        <v>1799</v>
       </c>
     </row>
-    <row r="120" spans="1:55">
+    <row r="120" spans="1:56">
       <c r="A120" t="s">
         <v>1139</v>
       </c>
       <c r="B120" t="s">
         <v>1140</v>
       </c>
       <c r="C120"/>
       <c r="D120" t="s">
         <v>25</v>
       </c>
       <c r="E120" t="s">
         <v>25</v>
       </c>
       <c r="F120"/>
       <c r="G120">
         <v>26085516</v>
       </c>
       <c r="H120" t="s">
         <v>1141</v>
       </c>
       <c r="I120">
         <v>2015</v>
       </c>
       <c r="J120" t="s">
         <v>1142</v>
@@ -14183,54 +14184,54 @@
         <v>150038</v>
       </c>
       <c r="P120">
         <v>6</v>
       </c>
       <c r="Q120">
         <v>5</v>
       </c>
       <c r="R120" t="s">
         <v>1146</v>
       </c>
       <c r="S120"/>
       <c r="T120" t="s">
         <v>1147</v>
       </c>
       <c r="U120" t="s">
         <v>1148</v>
       </c>
       <c r="V120" t="s">
         <v>1149</v>
       </c>
       <c r="W120" t="s">
         <v>36</v>
       </c>
       <c r="X120" t="s">
-        <v>1803</v>
+        <v>1800</v>
       </c>
     </row>
-    <row r="121" spans="1:55">
+    <row r="121" spans="1:56">
       <c r="A121" t="s">
         <v>1150</v>
       </c>
       <c r="B121" t="s">
         <v>457</v>
       </c>
       <c r="C121"/>
       <c r="D121" t="s">
         <v>25</v>
       </c>
       <c r="E121" t="s">
         <v>25</v>
       </c>
       <c r="F121"/>
       <c r="G121">
         <v>25548271</v>
       </c>
       <c r="H121" t="s">
         <v>1151</v>
       </c>
       <c r="I121">
         <v>2015</v>
       </c>
       <c r="J121" t="s">
         <v>1152</v>
@@ -14249,54 +14250,54 @@
       </c>
       <c r="O121"/>
       <c r="P121">
         <v>2034</v>
       </c>
       <c r="Q121">
         <v>373</v>
       </c>
       <c r="R121" t="s">
         <v>1157</v>
       </c>
       <c r="S121"/>
       <c r="T121" t="s">
         <v>1158</v>
       </c>
       <c r="U121" t="s">
         <v>820</v>
       </c>
       <c r="V121" t="s">
         <v>1159</v>
       </c>
       <c r="W121" t="s">
         <v>36</v>
       </c>
       <c r="X121" t="s">
-        <v>1778</v>
+        <v>1775</v>
       </c>
     </row>
-    <row r="122" spans="1:55">
+    <row r="122" spans="1:56">
       <c r="A122" t="s">
         <v>1160</v>
       </c>
       <c r="B122" t="s">
         <v>457</v>
       </c>
       <c r="C122"/>
       <c r="D122" t="s">
         <v>25</v>
       </c>
       <c r="E122" t="s">
         <v>25</v>
       </c>
       <c r="F122"/>
       <c r="G122">
         <v>26565317</v>
       </c>
       <c r="H122" t="s">
         <v>924</v>
       </c>
       <c r="I122">
         <v>2015</v>
       </c>
       <c r="J122" t="s">
         <v>1161</v>
@@ -14317,54 +14318,54 @@
         <v>1164</v>
       </c>
       <c r="P122">
         <v>4</v>
       </c>
       <c r="Q122">
         <v>92</v>
       </c>
       <c r="R122" t="s">
         <v>1165</v>
       </c>
       <c r="S122"/>
       <c r="T122" t="s">
         <v>1166</v>
       </c>
       <c r="U122" t="s">
         <v>930</v>
       </c>
       <c r="V122" t="s">
         <v>837</v>
       </c>
       <c r="W122" t="s">
         <v>36</v>
       </c>
       <c r="X122" t="s">
-        <v>1804</v>
+        <v>1801</v>
       </c>
     </row>
-    <row r="123" spans="1:55">
+    <row r="123" spans="1:56">
       <c r="A123" t="s">
         <v>1167</v>
       </c>
       <c r="B123" t="s">
         <v>73</v>
       </c>
       <c r="C123"/>
       <c r="D123" t="s">
         <v>25</v>
       </c>
       <c r="E123" t="s">
         <v>25</v>
       </c>
       <c r="F123"/>
       <c r="G123">
         <v>24006456</v>
       </c>
       <c r="H123" t="s">
         <v>1168</v>
       </c>
       <c r="I123">
         <v>2013</v>
       </c>
       <c r="J123" t="s">
         <v>1169</v>
@@ -14385,54 +14386,54 @@
         <v>1171</v>
       </c>
       <c r="P123">
         <v>10</v>
       </c>
       <c r="Q123">
         <v>113</v>
       </c>
       <c r="R123" t="s">
         <v>239</v>
       </c>
       <c r="S123"/>
       <c r="T123" t="s">
         <v>1172</v>
       </c>
       <c r="U123" t="s">
         <v>1173</v>
       </c>
       <c r="V123" t="s">
         <v>1174</v>
       </c>
       <c r="W123" t="s">
         <v>36</v>
       </c>
       <c r="X123" t="s">
-        <v>1805</v>
+        <v>1802</v>
       </c>
     </row>
-    <row r="124" spans="1:55">
+    <row r="124" spans="1:56">
       <c r="A124" t="s">
         <v>1175</v>
       </c>
       <c r="B124" t="s">
         <v>73</v>
       </c>
       <c r="C124"/>
       <c r="D124" t="s">
         <v>25</v>
       </c>
       <c r="E124" t="s">
         <v>25</v>
       </c>
       <c r="F124"/>
       <c r="G124">
         <v>25095893</v>
       </c>
       <c r="H124" t="s">
         <v>1176</v>
       </c>
       <c r="I124">
         <v>2014</v>
       </c>
       <c r="J124" t="s">
         <v>1177</v>
@@ -14453,54 +14454,54 @@
         <v>1182</v>
       </c>
       <c r="P124">
         <v>2</v>
       </c>
       <c r="Q124">
         <v>34</v>
       </c>
       <c r="R124" t="s">
         <v>1183</v>
       </c>
       <c r="S124"/>
       <c r="T124" t="s">
         <v>1184</v>
       </c>
       <c r="U124" t="s">
         <v>1185</v>
       </c>
       <c r="V124" t="s">
         <v>1186</v>
       </c>
       <c r="W124" t="s">
         <v>36</v>
       </c>
       <c r="X124" t="s">
-        <v>1806</v>
+        <v>1803</v>
       </c>
     </row>
-    <row r="125" spans="1:55">
+    <row r="125" spans="1:56">
       <c r="A125" t="s">
         <v>1187</v>
       </c>
       <c r="B125" t="s">
         <v>73</v>
       </c>
       <c r="C125"/>
       <c r="D125" t="s">
         <v>25</v>
       </c>
       <c r="E125" t="s">
         <v>25</v>
       </c>
       <c r="F125"/>
       <c r="G125">
         <v>25465869</v>
       </c>
       <c r="H125" t="s">
         <v>1188</v>
       </c>
       <c r="I125">
         <v>2014</v>
       </c>
       <c r="J125" t="s">
         <v>1189</v>
@@ -14519,54 +14520,54 @@
         <v>1193</v>
       </c>
       <c r="P125">
         <v>6</v>
       </c>
       <c r="Q125">
         <v>3</v>
       </c>
       <c r="R125" t="s">
         <v>1194</v>
       </c>
       <c r="S125"/>
       <c r="T125" t="s">
         <v>1195</v>
       </c>
       <c r="U125" t="s">
         <v>1196</v>
       </c>
       <c r="V125" t="s">
         <v>1197</v>
       </c>
       <c r="W125" t="s">
         <v>36</v>
       </c>
       <c r="X125" t="s">
-        <v>1807</v>
+        <v>1804</v>
       </c>
     </row>
-    <row r="126" spans="1:55">
+    <row r="126" spans="1:56">
       <c r="A126" t="s">
         <v>1198</v>
       </c>
       <c r="B126" t="s">
         <v>943</v>
       </c>
       <c r="C126"/>
       <c r="D126" t="s">
         <v>25</v>
       </c>
       <c r="E126" t="s">
         <v>25</v>
       </c>
       <c r="F126"/>
       <c r="G126">
         <v>25785453</v>
       </c>
       <c r="H126" t="s">
         <v>1199</v>
       </c>
       <c r="I126">
         <v>2015</v>
       </c>
       <c r="J126" t="s">
         <v>1200</v>
@@ -14585,54 +14586,54 @@
         <v>1202</v>
       </c>
       <c r="P126">
         <v>3</v>
       </c>
       <c r="Q126">
         <v>10</v>
       </c>
       <c r="R126" t="s">
         <v>1043</v>
       </c>
       <c r="S126"/>
       <c r="T126" t="s">
         <v>1203</v>
       </c>
       <c r="U126" t="s">
         <v>1204</v>
       </c>
       <c r="V126" t="s">
         <v>1205</v>
       </c>
       <c r="W126" t="s">
         <v>36</v>
       </c>
       <c r="X126" t="s">
-        <v>1808</v>
+        <v>1805</v>
       </c>
     </row>
-    <row r="127" spans="1:55">
+    <row r="127" spans="1:56">
       <c r="A127" t="s">
         <v>1206</v>
       </c>
       <c r="B127" t="s">
         <v>943</v>
       </c>
       <c r="C127"/>
       <c r="D127" t="s">
         <v>25</v>
       </c>
       <c r="E127" t="s">
         <v>25</v>
       </c>
       <c r="F127"/>
       <c r="G127">
         <v>26664406</v>
       </c>
       <c r="H127" t="s">
         <v>1207</v>
       </c>
       <c r="I127">
         <v>2016</v>
       </c>
       <c r="J127" t="s">
         <v>1208</v>
@@ -14651,54 +14652,54 @@
       </c>
       <c r="O127">
         <v>2480298</v>
       </c>
       <c r="P127"/>
       <c r="Q127">
         <v>2016</v>
       </c>
       <c r="R127" t="s">
         <v>1213</v>
       </c>
       <c r="S127"/>
       <c r="T127" t="s">
         <v>1214</v>
       </c>
       <c r="U127" t="s">
         <v>1215</v>
       </c>
       <c r="V127" t="s">
         <v>1205</v>
       </c>
       <c r="W127" t="s">
         <v>36</v>
       </c>
       <c r="X127" t="s">
-        <v>1809</v>
+        <v>1806</v>
       </c>
     </row>
-    <row r="128" spans="1:55">
+    <row r="128" spans="1:56">
       <c r="A128" t="s">
         <v>1216</v>
       </c>
       <c r="B128" t="s">
         <v>943</v>
       </c>
       <c r="C128"/>
       <c r="D128" t="s">
         <v>25</v>
       </c>
       <c r="E128" t="s">
         <v>25</v>
       </c>
       <c r="F128"/>
       <c r="G128">
         <v>26483398</v>
       </c>
       <c r="H128" t="s">
         <v>1217</v>
       </c>
       <c r="I128">
         <v>2015</v>
       </c>
       <c r="J128" t="s">
         <v>1218</v>
@@ -14719,54 +14720,54 @@
         <v>1220</v>
       </c>
       <c r="P128">
         <v>11</v>
       </c>
       <c r="Q128">
         <v>7</v>
       </c>
       <c r="R128" t="s">
         <v>987</v>
       </c>
       <c r="S128"/>
       <c r="T128" t="s">
         <v>1221</v>
       </c>
       <c r="U128" t="s">
         <v>1222</v>
       </c>
       <c r="V128" t="s">
         <v>1046</v>
       </c>
       <c r="W128" t="s">
         <v>36</v>
       </c>
       <c r="X128" t="s">
-        <v>1810</v>
+        <v>1807</v>
       </c>
     </row>
-    <row r="129" spans="1:55">
+    <row r="129" spans="1:56">
       <c r="A129" t="s">
         <v>1223</v>
       </c>
       <c r="B129" t="s">
         <v>943</v>
       </c>
       <c r="C129"/>
       <c r="D129" t="s">
         <v>25</v>
       </c>
       <c r="E129" t="s">
         <v>25</v>
       </c>
       <c r="F129"/>
       <c r="G129">
         <v>26585323</v>
       </c>
       <c r="H129" t="s">
         <v>1224</v>
       </c>
       <c r="I129">
         <v>2016</v>
       </c>
       <c r="J129" t="s">
         <v>1225</v>
@@ -14787,54 +14788,54 @@
         <v>1230</v>
       </c>
       <c r="P129">
         <v>2</v>
       </c>
       <c r="Q129">
         <v>68</v>
       </c>
       <c r="R129" t="s">
         <v>1226</v>
       </c>
       <c r="S129"/>
       <c r="T129" t="s">
         <v>1231</v>
       </c>
       <c r="U129" t="s">
         <v>1222</v>
       </c>
       <c r="V129" t="s">
         <v>1046</v>
       </c>
       <c r="W129" t="s">
         <v>36</v>
       </c>
       <c r="X129" t="s">
-        <v>1811</v>
+        <v>1808</v>
       </c>
     </row>
-    <row r="130" spans="1:55">
+    <row r="130" spans="1:56">
       <c r="A130" t="s">
         <v>1232</v>
       </c>
       <c r="B130" t="s">
         <v>943</v>
       </c>
       <c r="C130"/>
       <c r="D130" t="s">
         <v>25</v>
       </c>
       <c r="E130" t="s">
         <v>25</v>
       </c>
       <c r="F130"/>
       <c r="G130">
         <v>26605921</v>
       </c>
       <c r="H130" t="s">
         <v>1233</v>
       </c>
       <c r="I130">
         <v>2015</v>
       </c>
       <c r="J130" t="s">
         <v>1234</v>
@@ -14853,54 +14854,54 @@
         <v>1236</v>
       </c>
       <c r="P130">
         <v>11</v>
       </c>
       <c r="Q130">
         <v>10</v>
       </c>
       <c r="R130" t="s">
         <v>1043</v>
       </c>
       <c r="S130"/>
       <c r="T130" t="s">
         <v>1237</v>
       </c>
       <c r="U130" t="s">
         <v>1238</v>
       </c>
       <c r="V130" t="s">
         <v>1239</v>
       </c>
       <c r="W130" t="s">
         <v>36</v>
       </c>
       <c r="X130" t="s">
-        <v>1812</v>
+        <v>1809</v>
       </c>
     </row>
-    <row r="131" spans="1:55">
+    <row r="131" spans="1:56">
       <c r="A131" t="s">
         <v>1240</v>
       </c>
       <c r="B131" t="s">
         <v>943</v>
       </c>
       <c r="C131"/>
       <c r="D131" t="s">
         <v>25</v>
       </c>
       <c r="E131" t="s">
         <v>25</v>
       </c>
       <c r="F131"/>
       <c r="G131">
         <v>25613421</v>
       </c>
       <c r="H131" t="s">
         <v>1241</v>
       </c>
       <c r="I131">
         <v>2015</v>
       </c>
       <c r="J131" t="s">
         <v>1242</v>
@@ -14917,54 +14918,54 @@
       </c>
       <c r="O131">
         <v>6008</v>
       </c>
       <c r="P131"/>
       <c r="Q131">
         <v>6</v>
       </c>
       <c r="R131" t="s">
         <v>919</v>
       </c>
       <c r="S131"/>
       <c r="T131" t="s">
         <v>1244</v>
       </c>
       <c r="U131" t="s">
         <v>1109</v>
       </c>
       <c r="V131" t="s">
         <v>1245</v>
       </c>
       <c r="W131" t="s">
         <v>36</v>
       </c>
       <c r="X131" t="s">
-        <v>1813</v>
+        <v>1810</v>
       </c>
     </row>
-    <row r="132" spans="1:55">
+    <row r="132" spans="1:56">
       <c r="A132" t="s">
         <v>1246</v>
       </c>
       <c r="B132" t="s">
         <v>108</v>
       </c>
       <c r="C132"/>
       <c r="D132" t="s">
         <v>25</v>
       </c>
       <c r="E132" t="s">
         <v>25</v>
       </c>
       <c r="F132"/>
       <c r="G132">
         <v>25959673</v>
       </c>
       <c r="H132" t="s">
         <v>1247</v>
       </c>
       <c r="I132">
         <v>2015</v>
       </c>
       <c r="J132" t="s">
         <v>1248</v>
@@ -14985,54 +14986,54 @@
         <v>1253</v>
       </c>
       <c r="P132">
         <v>6</v>
       </c>
       <c r="Q132">
         <v>21</v>
       </c>
       <c r="R132" t="s">
         <v>1254</v>
       </c>
       <c r="S132"/>
       <c r="T132" t="s">
         <v>1255</v>
       </c>
       <c r="U132" t="s">
         <v>1256</v>
       </c>
       <c r="V132" t="s">
         <v>1257</v>
       </c>
       <c r="W132" t="s">
         <v>36</v>
       </c>
       <c r="X132" t="s">
-        <v>1814</v>
+        <v>1811</v>
       </c>
     </row>
-    <row r="133" spans="1:55">
+    <row r="133" spans="1:56">
       <c r="A133" t="s">
         <v>1258</v>
       </c>
       <c r="B133" t="s">
         <v>38</v>
       </c>
       <c r="C133"/>
       <c r="D133" t="s">
         <v>25</v>
       </c>
       <c r="E133" t="s">
         <v>25</v>
       </c>
       <c r="F133"/>
       <c r="G133">
         <v>26675233</v>
       </c>
       <c r="H133" t="s">
         <v>1259</v>
       </c>
       <c r="I133">
         <v>2015</v>
       </c>
       <c r="J133" t="s">
         <v>1260</v>
@@ -15047,54 +15048,54 @@
         <v>975</v>
       </c>
       <c r="N133" t="s">
         <v>1262</v>
       </c>
       <c r="O133"/>
       <c r="P133"/>
       <c r="Q133"/>
       <c r="R133" t="s">
         <v>59</v>
       </c>
       <c r="S133"/>
       <c r="T133" t="s">
         <v>1263</v>
       </c>
       <c r="U133" t="s">
         <v>1264</v>
       </c>
       <c r="V133" t="s">
         <v>1265</v>
       </c>
       <c r="W133" t="s">
         <v>36</v>
       </c>
       <c r="X133" t="s">
-        <v>1791</v>
+        <v>1788</v>
       </c>
     </row>
-    <row r="134" spans="1:55">
+    <row r="134" spans="1:56">
       <c r="A134" t="s">
         <v>1266</v>
       </c>
       <c r="B134" t="s">
         <v>292</v>
       </c>
       <c r="C134"/>
       <c r="D134" t="s">
         <v>25</v>
       </c>
       <c r="E134" t="s">
         <v>25</v>
       </c>
       <c r="F134"/>
       <c r="G134">
         <v>26620800</v>
       </c>
       <c r="H134" t="s">
         <v>1048</v>
       </c>
       <c r="I134">
         <v>2015</v>
       </c>
       <c r="J134" t="s">
         <v>1049</v>
@@ -15107,54 +15108,54 @@
       </c>
       <c r="M134"/>
       <c r="N134" t="s">
         <v>1052</v>
       </c>
       <c r="O134"/>
       <c r="P134"/>
       <c r="Q134"/>
       <c r="R134" t="s">
         <v>685</v>
       </c>
       <c r="S134"/>
       <c r="T134" t="s">
         <v>1053</v>
       </c>
       <c r="U134" t="s">
         <v>1054</v>
       </c>
       <c r="V134" t="s">
         <v>1055</v>
       </c>
       <c r="W134" t="s">
         <v>36</v>
       </c>
       <c r="X134" t="s">
-        <v>1815</v>
+        <v>1812</v>
       </c>
     </row>
-    <row r="135" spans="1:55">
+    <row r="135" spans="1:56">
       <c r="A135" t="s">
         <v>1267</v>
       </c>
       <c r="B135" t="s">
         <v>457</v>
       </c>
       <c r="C135"/>
       <c r="D135" t="s">
         <v>25</v>
       </c>
       <c r="E135" t="s">
         <v>25</v>
       </c>
       <c r="F135"/>
       <c r="G135"/>
       <c r="H135" t="s">
         <v>1268</v>
       </c>
       <c r="I135">
         <v>2016</v>
       </c>
       <c r="J135" t="s">
         <v>1269</v>
       </c>
       <c r="K135" t="s">
@@ -15163,54 +15164,54 @@
       <c r="L135" t="s">
         <v>1271</v>
       </c>
       <c r="M135"/>
       <c r="N135"/>
       <c r="O135"/>
       <c r="P135"/>
       <c r="Q135"/>
       <c r="R135" t="s">
         <v>1272</v>
       </c>
       <c r="S135"/>
       <c r="T135" t="s">
         <v>1273</v>
       </c>
       <c r="U135" t="s">
         <v>1274</v>
       </c>
       <c r="V135" t="s">
         <v>821</v>
       </c>
       <c r="W135" t="s">
         <v>36</v>
       </c>
       <c r="X135" t="s">
-        <v>1816</v>
+        <v>1813</v>
       </c>
     </row>
-    <row r="136" spans="1:55">
+    <row r="136" spans="1:56">
       <c r="A136" t="s">
         <v>1275</v>
       </c>
       <c r="B136" t="s">
         <v>457</v>
       </c>
       <c r="C136"/>
       <c r="D136" t="s">
         <v>25</v>
       </c>
       <c r="E136" t="s">
         <v>25</v>
       </c>
       <c r="F136"/>
       <c r="G136"/>
       <c r="H136" t="s">
         <v>1276</v>
       </c>
       <c r="I136">
         <v>2013</v>
       </c>
       <c r="J136" t="s">
         <v>1277</v>
       </c>
       <c r="K136" t="s">
@@ -15223,54 +15224,54 @@
         <v>1278</v>
       </c>
       <c r="P136">
         <v>10</v>
       </c>
       <c r="Q136">
         <v>18</v>
       </c>
       <c r="R136" t="s">
         <v>1272</v>
       </c>
       <c r="S136"/>
       <c r="T136" t="s">
         <v>1279</v>
       </c>
       <c r="U136" t="s">
         <v>836</v>
       </c>
       <c r="V136" t="s">
         <v>821</v>
       </c>
       <c r="W136" t="s">
         <v>36</v>
       </c>
       <c r="X136" t="s">
-        <v>1817</v>
+        <v>1814</v>
       </c>
     </row>
-    <row r="137" spans="1:55">
+    <row r="137" spans="1:56">
       <c r="A137" t="s">
         <v>1280</v>
       </c>
       <c r="B137" t="s">
         <v>163</v>
       </c>
       <c r="C137"/>
       <c r="D137" t="s">
         <v>25</v>
       </c>
       <c r="E137" t="s">
         <v>25</v>
       </c>
       <c r="F137"/>
       <c r="G137">
         <v>26816346</v>
       </c>
       <c r="H137" t="s">
         <v>1281</v>
       </c>
       <c r="I137">
         <v>2016</v>
       </c>
       <c r="J137" t="s">
         <v>1282</v>
@@ -15285,54 +15286,54 @@
         <v>1285</v>
       </c>
       <c r="N137" t="s">
         <v>1286</v>
       </c>
       <c r="O137"/>
       <c r="P137"/>
       <c r="Q137"/>
       <c r="R137" t="s">
         <v>1287</v>
       </c>
       <c r="S137"/>
       <c r="T137" t="s">
         <v>1288</v>
       </c>
       <c r="U137" t="s">
         <v>940</v>
       </c>
       <c r="V137" t="s">
         <v>941</v>
       </c>
       <c r="W137" t="s">
         <v>36</v>
       </c>
       <c r="X137" t="s">
-        <v>1818</v>
+        <v>1815</v>
       </c>
     </row>
-    <row r="138" spans="1:55">
+    <row r="138" spans="1:56">
       <c r="A138" t="s">
         <v>1289</v>
       </c>
       <c r="B138" t="s">
         <v>85</v>
       </c>
       <c r="C138"/>
       <c r="D138" t="s">
         <v>25</v>
       </c>
       <c r="E138" t="s">
         <v>25</v>
       </c>
       <c r="F138"/>
       <c r="G138">
         <v>26815200</v>
       </c>
       <c r="H138" t="s">
         <v>1290</v>
       </c>
       <c r="I138">
         <v>2016</v>
       </c>
       <c r="J138" t="s">
         <v>1291</v>
@@ -15351,54 +15352,54 @@
         <v>1293</v>
       </c>
       <c r="P138">
         <v>1</v>
       </c>
       <c r="Q138">
         <v>11</v>
       </c>
       <c r="R138" t="s">
         <v>1043</v>
       </c>
       <c r="S138"/>
       <c r="T138" t="s">
         <v>1294</v>
       </c>
       <c r="U138" t="s">
         <v>1295</v>
       </c>
       <c r="V138" t="s">
         <v>1080</v>
       </c>
       <c r="W138" t="s">
         <v>36</v>
       </c>
       <c r="X138" t="s">
-        <v>1819</v>
+        <v>1816</v>
       </c>
     </row>
-    <row r="139" spans="1:55">
+    <row r="139" spans="1:56">
       <c r="A139" t="s">
         <v>1296</v>
       </c>
       <c r="B139" t="s">
         <v>85</v>
       </c>
       <c r="C139"/>
       <c r="D139" t="s">
         <v>25</v>
       </c>
       <c r="E139" t="s">
         <v>25</v>
       </c>
       <c r="F139"/>
       <c r="G139">
         <v>26774342</v>
       </c>
       <c r="H139" t="s">
         <v>1297</v>
       </c>
       <c r="I139">
         <v>2016</v>
       </c>
       <c r="J139" t="s">
         <v>1298</v>
@@ -15413,54 +15414,54 @@
         <v>1301</v>
       </c>
       <c r="N139" t="s">
         <v>1302</v>
       </c>
       <c r="O139"/>
       <c r="P139"/>
       <c r="Q139"/>
       <c r="R139" t="s">
         <v>1303</v>
       </c>
       <c r="S139"/>
       <c r="T139" t="s">
         <v>1304</v>
       </c>
       <c r="U139" t="s">
         <v>1295</v>
       </c>
       <c r="V139" t="s">
         <v>1102</v>
       </c>
       <c r="W139" t="s">
         <v>36</v>
       </c>
       <c r="X139" t="s">
-        <v>1820</v>
+        <v>1817</v>
       </c>
     </row>
-    <row r="140" spans="1:55">
+    <row r="140" spans="1:56">
       <c r="A140" t="s">
         <v>1305</v>
       </c>
       <c r="B140" t="s">
         <v>85</v>
       </c>
       <c r="C140"/>
       <c r="D140" t="s">
         <v>25</v>
       </c>
       <c r="E140" t="s">
         <v>25</v>
       </c>
       <c r="F140"/>
       <c r="G140">
         <v>26606750</v>
       </c>
       <c r="H140" t="s">
         <v>1306</v>
       </c>
       <c r="I140">
         <v>2015</v>
       </c>
       <c r="J140" t="s">
         <v>1307</v>
@@ -15479,54 +15480,54 @@
         <v>1309</v>
       </c>
       <c r="P140">
         <v>11</v>
       </c>
       <c r="Q140">
         <v>10</v>
       </c>
       <c r="R140" t="s">
         <v>1043</v>
       </c>
       <c r="S140"/>
       <c r="T140" t="s">
         <v>1310</v>
       </c>
       <c r="U140" t="s">
         <v>1311</v>
       </c>
       <c r="V140" t="s">
         <v>1312</v>
       </c>
       <c r="W140" t="s">
         <v>36</v>
       </c>
       <c r="X140" t="s">
-        <v>1821</v>
+        <v>1818</v>
       </c>
     </row>
-    <row r="141" spans="1:55">
+    <row r="141" spans="1:56">
       <c r="A141" t="s">
         <v>1313</v>
       </c>
       <c r="B141" t="s">
         <v>243</v>
       </c>
       <c r="C141"/>
       <c r="D141" t="s">
         <v>25</v>
       </c>
       <c r="E141" t="s">
         <v>25</v>
       </c>
       <c r="F141"/>
       <c r="G141"/>
       <c r="H141" t="s">
         <v>1314</v>
       </c>
       <c r="I141">
         <v>2015</v>
       </c>
       <c r="J141" t="s">
         <v>1315</v>
       </c>
       <c r="K141" t="s">
@@ -15535,324 +15536,324 @@
       <c r="L141"/>
       <c r="M141"/>
       <c r="N141" t="s">
         <v>1317</v>
       </c>
       <c r="O141"/>
       <c r="P141"/>
       <c r="Q141"/>
       <c r="R141"/>
       <c r="S141" t="s">
         <v>1318</v>
       </c>
       <c r="T141" t="s">
         <v>1319</v>
       </c>
       <c r="U141" t="s">
         <v>1320</v>
       </c>
       <c r="V141" t="s">
         <v>895</v>
       </c>
       <c r="W141" t="s">
         <v>36</v>
       </c>
       <c r="X141" t="s">
-        <v>1822</v>
+        <v>1819</v>
       </c>
     </row>
-    <row r="142" spans="1:55">
+    <row r="142" spans="1:56">
       <c r="A142" t="s">
         <v>1321</v>
       </c>
       <c r="B142" t="s">
         <v>243</v>
       </c>
       <c r="C142"/>
       <c r="D142" t="s">
         <v>25</v>
       </c>
       <c r="E142" t="s">
         <v>25</v>
       </c>
       <c r="F142"/>
       <c r="G142"/>
       <c r="H142" t="s">
         <v>1322</v>
       </c>
       <c r="I142">
         <v>2014</v>
       </c>
       <c r="J142" t="s">
         <v>1323</v>
       </c>
       <c r="K142" t="s">
         <v>1324</v>
       </c>
       <c r="L142"/>
       <c r="M142"/>
       <c r="N142"/>
       <c r="O142"/>
       <c r="P142"/>
       <c r="Q142"/>
       <c r="R142"/>
       <c r="S142" t="s">
         <v>1318</v>
       </c>
       <c r="T142" t="s">
         <v>1325</v>
       </c>
       <c r="U142" t="s">
         <v>894</v>
       </c>
       <c r="V142" t="s">
         <v>895</v>
       </c>
       <c r="W142" t="s">
         <v>36</v>
       </c>
       <c r="X142" t="s">
-        <v>1823</v>
+        <v>1820</v>
       </c>
     </row>
-    <row r="143" spans="1:55">
+    <row r="143" spans="1:56">
       <c r="A143" t="s">
         <v>1326</v>
       </c>
       <c r="B143" t="s">
         <v>243</v>
       </c>
       <c r="C143"/>
       <c r="D143" t="s">
         <v>25</v>
       </c>
       <c r="E143" t="s">
         <v>25</v>
       </c>
       <c r="F143"/>
       <c r="G143"/>
       <c r="H143" t="s">
         <v>1327</v>
       </c>
       <c r="I143">
         <v>2014</v>
       </c>
       <c r="J143" t="s">
         <v>1328</v>
       </c>
       <c r="K143" t="s">
         <v>1324</v>
       </c>
       <c r="L143"/>
       <c r="M143"/>
       <c r="N143"/>
       <c r="O143"/>
       <c r="P143"/>
       <c r="Q143"/>
       <c r="R143"/>
       <c r="S143" t="s">
         <v>1318</v>
       </c>
       <c r="T143" t="s">
         <v>1329</v>
       </c>
       <c r="U143" t="s">
         <v>1330</v>
       </c>
       <c r="V143" t="s">
         <v>895</v>
       </c>
       <c r="W143" t="s">
         <v>36</v>
       </c>
       <c r="X143" t="s">
-        <v>1824</v>
+        <v>1821</v>
       </c>
     </row>
-    <row r="144" spans="1:55">
+    <row r="144" spans="1:56">
       <c r="A144" t="s">
         <v>1331</v>
       </c>
       <c r="B144" t="s">
         <v>243</v>
       </c>
       <c r="C144"/>
       <c r="D144" t="s">
         <v>25</v>
       </c>
       <c r="E144" t="s">
         <v>25</v>
       </c>
       <c r="F144"/>
       <c r="G144"/>
       <c r="H144" t="s">
         <v>1332</v>
       </c>
       <c r="I144">
         <v>2013</v>
       </c>
       <c r="J144" t="s">
         <v>1333</v>
       </c>
       <c r="K144" t="s">
         <v>1334</v>
       </c>
       <c r="L144"/>
       <c r="M144"/>
       <c r="N144"/>
       <c r="O144"/>
       <c r="P144"/>
       <c r="Q144"/>
       <c r="R144"/>
       <c r="S144" t="s">
         <v>1318</v>
       </c>
       <c r="T144" t="s">
         <v>1329</v>
       </c>
       <c r="U144" t="s">
         <v>1330</v>
       </c>
       <c r="V144" t="s">
         <v>895</v>
       </c>
       <c r="W144" t="s">
         <v>1335</v>
       </c>
       <c r="X144" t="s">
-        <v>1825</v>
+        <v>1822</v>
       </c>
     </row>
-    <row r="145" spans="1:55">
+    <row r="145" spans="1:56">
       <c r="A145" t="s">
         <v>1336</v>
       </c>
       <c r="B145" t="s">
         <v>243</v>
       </c>
       <c r="C145"/>
       <c r="D145" t="s">
         <v>25</v>
       </c>
       <c r="E145" t="s">
         <v>25</v>
       </c>
       <c r="F145"/>
       <c r="G145"/>
       <c r="H145" t="s">
         <v>1337</v>
       </c>
       <c r="I145">
         <v>2014</v>
       </c>
       <c r="J145" t="s">
         <v>1338</v>
       </c>
       <c r="K145" t="s">
         <v>1324</v>
       </c>
       <c r="L145"/>
       <c r="M145"/>
       <c r="N145"/>
       <c r="O145"/>
       <c r="P145"/>
       <c r="Q145"/>
       <c r="R145"/>
       <c r="S145" t="s">
         <v>1318</v>
       </c>
       <c r="T145" t="s">
         <v>1339</v>
       </c>
       <c r="U145" t="s">
         <v>1340</v>
       </c>
       <c r="V145" t="s">
         <v>895</v>
       </c>
       <c r="W145" t="s">
         <v>36</v>
       </c>
       <c r="X145" t="s">
-        <v>1826</v>
+        <v>1823</v>
       </c>
     </row>
-    <row r="146" spans="1:55">
+    <row r="146" spans="1:56">
       <c r="A146" t="s">
         <v>1341</v>
       </c>
       <c r="B146" t="s">
         <v>457</v>
       </c>
       <c r="C146"/>
       <c r="D146" t="s">
         <v>25</v>
       </c>
       <c r="E146" t="s">
         <v>25</v>
       </c>
       <c r="F146"/>
       <c r="G146"/>
       <c r="H146" t="s">
         <v>1342</v>
       </c>
       <c r="I146">
         <v>2015</v>
       </c>
       <c r="J146" t="s">
         <v>1343</v>
       </c>
       <c r="K146" t="s">
         <v>1344</v>
       </c>
       <c r="L146"/>
       <c r="M146"/>
       <c r="N146"/>
       <c r="O146"/>
       <c r="P146"/>
       <c r="Q146"/>
       <c r="R146"/>
       <c r="S146" t="s">
         <v>1344</v>
       </c>
       <c r="T146" t="s">
         <v>1345</v>
       </c>
       <c r="U146" t="s">
         <v>820</v>
       </c>
       <c r="V146" t="s">
         <v>821</v>
       </c>
       <c r="W146" t="s">
         <v>36</v>
       </c>
       <c r="X146" t="s">
-        <v>1827</v>
+        <v>1824</v>
       </c>
     </row>
-    <row r="147" spans="1:55">
+    <row r="147" spans="1:56">
       <c r="A147" t="s">
         <v>1346</v>
       </c>
       <c r="B147" t="s">
         <v>163</v>
       </c>
       <c r="C147"/>
       <c r="D147" t="s">
         <v>25</v>
       </c>
       <c r="E147" t="s">
         <v>25</v>
       </c>
       <c r="F147"/>
       <c r="G147">
         <v>27056421</v>
       </c>
       <c r="H147" t="s">
         <v>1347</v>
       </c>
       <c r="I147">
         <v>2016</v>
       </c>
       <c r="J147" t="s">
         <v>1348</v>
@@ -15867,54 +15868,54 @@
         <v>518</v>
       </c>
       <c r="N147" t="s">
         <v>1349</v>
       </c>
       <c r="O147"/>
       <c r="P147"/>
       <c r="Q147"/>
       <c r="R147" t="s">
         <v>200</v>
       </c>
       <c r="S147"/>
       <c r="T147" t="s">
         <v>1350</v>
       </c>
       <c r="U147" t="s">
         <v>1351</v>
       </c>
       <c r="V147" t="s">
         <v>941</v>
       </c>
       <c r="W147" t="s">
         <v>36</v>
       </c>
       <c r="X147" t="s">
-        <v>1828</v>
+        <v>1825</v>
       </c>
     </row>
-    <row r="148" spans="1:55">
+    <row r="148" spans="1:56">
       <c r="A148" t="s">
         <v>1352</v>
       </c>
       <c r="B148" t="s">
         <v>163</v>
       </c>
       <c r="C148"/>
       <c r="D148" t="s">
         <v>25</v>
       </c>
       <c r="E148" t="s">
         <v>25</v>
       </c>
       <c r="F148"/>
       <c r="G148">
         <v>27130298</v>
       </c>
       <c r="H148" t="s">
         <v>1353</v>
       </c>
       <c r="I148">
         <v>2016</v>
       </c>
       <c r="J148" t="s">
         <v>1354</v>
@@ -15929,54 +15930,54 @@
         <v>1357</v>
       </c>
       <c r="N148" t="s">
         <v>1358</v>
       </c>
       <c r="O148"/>
       <c r="P148"/>
       <c r="Q148"/>
       <c r="R148" t="s">
         <v>1359</v>
       </c>
       <c r="S148"/>
       <c r="T148" t="s">
         <v>1360</v>
       </c>
       <c r="U148" t="s">
         <v>1361</v>
       </c>
       <c r="V148" t="s">
         <v>941</v>
       </c>
       <c r="W148" t="s">
         <v>36</v>
       </c>
       <c r="X148" t="s">
-        <v>1829</v>
+        <v>1826</v>
       </c>
     </row>
-    <row r="149" spans="1:55">
+    <row r="149" spans="1:56">
       <c r="A149" t="s">
         <v>1362</v>
       </c>
       <c r="B149" t="s">
         <v>1363</v>
       </c>
       <c r="C149"/>
       <c r="D149" t="s">
         <v>25</v>
       </c>
       <c r="E149" t="s">
         <v>25</v>
       </c>
       <c r="F149"/>
       <c r="G149">
         <v>27385071</v>
       </c>
       <c r="H149" t="s">
         <v>1364</v>
       </c>
       <c r="I149">
         <v>2016</v>
       </c>
       <c r="J149" t="s">
         <v>1365</v>
@@ -15991,54 +15992,54 @@
         <v>1368</v>
       </c>
       <c r="N149" t="s">
         <v>1369</v>
       </c>
       <c r="O149"/>
       <c r="P149"/>
       <c r="Q149"/>
       <c r="R149" t="s">
         <v>1370</v>
       </c>
       <c r="S149"/>
       <c r="T149" t="s">
         <v>1371</v>
       </c>
       <c r="U149" t="s">
         <v>1372</v>
       </c>
       <c r="V149" t="s">
         <v>1373</v>
       </c>
       <c r="W149" t="s">
         <v>36</v>
       </c>
       <c r="X149" t="s">
-        <v>1830</v>
+        <v>1827</v>
       </c>
     </row>
-    <row r="150" spans="1:55">
+    <row r="150" spans="1:56">
       <c r="A150" t="s">
         <v>1374</v>
       </c>
       <c r="B150" t="s">
         <v>943</v>
       </c>
       <c r="C150"/>
       <c r="D150" t="s">
         <v>25</v>
       </c>
       <c r="E150" t="s">
         <v>25</v>
       </c>
       <c r="F150"/>
       <c r="G150">
         <v>27385131</v>
       </c>
       <c r="H150" t="s">
         <v>1375</v>
       </c>
       <c r="I150">
         <v>2016</v>
       </c>
       <c r="J150" t="s">
         <v>1376</v>
@@ -16055,54 +16056,54 @@
       </c>
       <c r="O150">
         <v>29122</v>
       </c>
       <c r="P150"/>
       <c r="Q150">
         <v>6</v>
       </c>
       <c r="R150" t="s">
         <v>1380</v>
       </c>
       <c r="S150"/>
       <c r="T150" t="s">
         <v>1381</v>
       </c>
       <c r="U150" t="s">
         <v>1204</v>
       </c>
       <c r="V150" t="s">
         <v>1205</v>
       </c>
       <c r="W150" t="s">
         <v>36</v>
       </c>
       <c r="X150" t="s">
-        <v>1831</v>
+        <v>1828</v>
       </c>
     </row>
-    <row r="151" spans="1:55">
+    <row r="151" spans="1:56">
       <c r="A151" t="s">
         <v>1382</v>
       </c>
       <c r="B151" t="s">
         <v>1383</v>
       </c>
       <c r="C151"/>
       <c r="D151" t="s">
         <v>1384</v>
       </c>
       <c r="E151" t="s">
         <v>25</v>
       </c>
       <c r="F151"/>
       <c r="G151"/>
       <c r="H151"/>
       <c r="I151">
         <v>2016</v>
       </c>
       <c r="J151" t="s">
         <v>1385</v>
       </c>
       <c r="K151" t="s">
         <v>1386</v>
       </c>
@@ -16111,54 +16112,54 @@
       <c r="N151" t="s">
         <v>1387</v>
       </c>
       <c r="O151"/>
       <c r="P151">
         <v>13</v>
       </c>
       <c r="Q151">
         <v>6</v>
       </c>
       <c r="R151"/>
       <c r="S151"/>
       <c r="T151" t="s">
         <v>1388</v>
       </c>
       <c r="U151" t="s">
         <v>1389</v>
       </c>
       <c r="V151" t="s">
         <v>1390</v>
       </c>
       <c r="W151" t="s">
         <v>36</v>
       </c>
       <c r="X151" t="s">
-        <v>1832</v>
+        <v>1829</v>
       </c>
     </row>
-    <row r="152" spans="1:55">
+    <row r="152" spans="1:56">
       <c r="A152" t="s">
         <v>1391</v>
       </c>
       <c r="B152" t="s">
         <v>1392</v>
       </c>
       <c r="C152"/>
       <c r="D152" t="s">
         <v>51</v>
       </c>
       <c r="E152" t="s">
         <v>1393</v>
       </c>
       <c r="F152"/>
       <c r="G152">
         <v>25352915</v>
       </c>
       <c r="H152" t="s">
         <v>1394</v>
       </c>
       <c r="I152">
         <v>2014</v>
       </c>
       <c r="J152" t="s">
         <v>1395</v>
@@ -16177,57 +16178,57 @@
         <v>74</v>
       </c>
       <c r="P152">
         <v>10</v>
       </c>
       <c r="Q152">
         <v>6</v>
       </c>
       <c r="R152" t="s">
         <v>1399</v>
       </c>
       <c r="S152"/>
       <c r="T152" t="s">
         <v>1400</v>
       </c>
       <c r="U152" t="s">
         <v>1401</v>
       </c>
       <c r="V152" t="s">
         <v>1402</v>
       </c>
       <c r="W152" t="s">
         <v>1403</v>
       </c>
       <c r="X152" t="s">
-        <v>1833</v>
+        <v>1830</v>
       </c>
       <c r="Y152" t="s">
-        <v>1834</v>
+        <v>1831</v>
       </c>
     </row>
-    <row r="153" spans="1:55">
+    <row r="153" spans="1:56">
       <c r="A153" t="s">
         <v>1404</v>
       </c>
       <c r="B153" t="s">
         <v>243</v>
       </c>
       <c r="C153"/>
       <c r="D153" t="s">
         <v>25</v>
       </c>
       <c r="E153" t="s">
         <v>52</v>
       </c>
       <c r="F153"/>
       <c r="G153">
         <v>10203040</v>
       </c>
       <c r="H153"/>
       <c r="I153">
         <v>1999</v>
       </c>
       <c r="J153" t="s">
         <v>1405</v>
       </c>
       <c r="K153" t="s">
@@ -16246,54 +16247,54 @@
         <v>1410</v>
       </c>
       <c r="P153" t="s">
         <v>1411</v>
       </c>
       <c r="Q153">
         <v>66</v>
       </c>
       <c r="R153" t="s">
         <v>1412</v>
       </c>
       <c r="S153"/>
       <c r="T153" t="s">
         <v>1413</v>
       </c>
       <c r="U153" t="s">
         <v>1414</v>
       </c>
       <c r="V153" t="s">
         <v>1415</v>
       </c>
       <c r="W153" t="s">
         <v>1416</v>
       </c>
       <c r="X153" t="s">
-        <v>1835</v>
+        <v>1832</v>
       </c>
     </row>
-    <row r="154" spans="1:55">
+    <row r="154" spans="1:56">
       <c r="A154" t="s">
         <v>1417</v>
       </c>
       <c r="B154" t="s">
         <v>1392</v>
       </c>
       <c r="C154"/>
       <c r="D154" t="s">
         <v>25</v>
       </c>
       <c r="E154" t="s">
         <v>52</v>
       </c>
       <c r="F154">
         <v>0</v>
       </c>
       <c r="G154">
         <v>29394407</v>
       </c>
       <c r="H154" t="s">
         <v>1418</v>
       </c>
       <c r="I154">
         <v>2018</v>
       </c>
@@ -16316,54 +16317,54 @@
         <v>1424</v>
       </c>
       <c r="P154">
         <v>6</v>
       </c>
       <c r="Q154">
         <v>46</v>
       </c>
       <c r="R154" t="s">
         <v>1425</v>
       </c>
       <c r="S154"/>
       <c r="T154" t="s">
         <v>1426</v>
       </c>
       <c r="U154" t="s">
         <v>1427</v>
       </c>
       <c r="V154" t="s">
         <v>1428</v>
       </c>
       <c r="W154" t="s">
         <v>1429</v>
       </c>
       <c r="X154" t="s">
-        <v>1836</v>
+        <v>1833</v>
       </c>
     </row>
-    <row r="155" spans="1:55">
+    <row r="155" spans="1:56">
       <c r="A155" t="s">
         <v>1430</v>
       </c>
       <c r="B155" t="s">
         <v>243</v>
       </c>
       <c r="C155"/>
       <c r="D155" t="s">
         <v>25</v>
       </c>
       <c r="E155" t="s">
         <v>52</v>
       </c>
       <c r="F155"/>
       <c r="G155">
         <v>18160704</v>
       </c>
       <c r="H155" t="s">
         <v>1431</v>
       </c>
       <c r="I155">
         <v>2008</v>
       </c>
       <c r="J155" t="s">
         <v>1432</v>
@@ -16384,54 +16385,54 @@
         <v>1437</v>
       </c>
       <c r="P155">
         <v>5</v>
       </c>
       <c r="Q155">
         <v>28</v>
       </c>
       <c r="R155" t="s">
         <v>1438</v>
       </c>
       <c r="S155"/>
       <c r="T155" t="s">
         <v>1439</v>
       </c>
       <c r="U155" t="s">
         <v>1440</v>
       </c>
       <c r="V155" t="s">
         <v>1441</v>
       </c>
       <c r="W155" t="s">
         <v>1442</v>
       </c>
       <c r="X155" t="s">
-        <v>1837</v>
+        <v>1834</v>
       </c>
     </row>
-    <row r="156" spans="1:55">
+    <row r="156" spans="1:56">
       <c r="A156" t="s">
         <v>1443</v>
       </c>
       <c r="B156" t="s">
         <v>243</v>
       </c>
       <c r="C156"/>
       <c r="D156" t="s">
         <v>51</v>
       </c>
       <c r="E156" t="s">
         <v>52</v>
       </c>
       <c r="F156"/>
       <c r="G156">
         <v>19062282</v>
       </c>
       <c r="H156" t="s">
         <v>1444</v>
       </c>
       <c r="I156">
         <v>2008</v>
       </c>
       <c r="J156" t="s">
         <v>1445</v>
@@ -16450,54 +16451,54 @@
         <v>1449</v>
       </c>
       <c r="P156">
         <v>23</v>
       </c>
       <c r="Q156">
         <v>18</v>
       </c>
       <c r="R156" t="s">
         <v>1450</v>
       </c>
       <c r="S156"/>
       <c r="T156" t="s">
         <v>1451</v>
       </c>
       <c r="U156" t="s">
         <v>1452</v>
       </c>
       <c r="V156" t="s">
         <v>1453</v>
       </c>
       <c r="W156" t="s">
         <v>1454</v>
       </c>
       <c r="X156" t="s">
-        <v>1838</v>
+        <v>1835</v>
       </c>
     </row>
-    <row r="157" spans="1:55">
+    <row r="157" spans="1:56">
       <c r="A157" t="s">
         <v>1455</v>
       </c>
       <c r="B157" t="s">
         <v>1456</v>
       </c>
       <c r="C157"/>
       <c r="D157" t="s">
         <v>51</v>
       </c>
       <c r="E157" t="s">
         <v>52</v>
       </c>
       <c r="F157">
         <v>2</v>
       </c>
       <c r="G157">
         <v>28824647</v>
       </c>
       <c r="H157" t="s">
         <v>1457</v>
       </c>
       <c r="I157">
         <v>2017</v>
       </c>
@@ -16516,54 +16517,54 @@
       </c>
       <c r="O157"/>
       <c r="P157" t="s">
         <v>1462</v>
       </c>
       <c r="Q157">
         <v>8</v>
       </c>
       <c r="R157" t="s">
         <v>1463</v>
       </c>
       <c r="S157"/>
       <c r="T157" t="s">
         <v>1464</v>
       </c>
       <c r="U157" t="s">
         <v>1465</v>
       </c>
       <c r="V157" t="s">
         <v>1046</v>
       </c>
       <c r="W157" t="s">
         <v>1466</v>
       </c>
       <c r="X157" t="s">
-        <v>1839</v>
+        <v>1836</v>
       </c>
     </row>
-    <row r="158" spans="1:55">
+    <row r="158" spans="1:56">
       <c r="A158" t="s">
         <v>1467</v>
       </c>
       <c r="B158" t="s">
         <v>73</v>
       </c>
       <c r="C158"/>
       <c r="D158" t="s">
         <v>51</v>
       </c>
       <c r="E158" t="s">
         <v>52</v>
       </c>
       <c r="F158">
         <v>0</v>
       </c>
       <c r="G158"/>
       <c r="H158" t="s">
         <v>1468</v>
       </c>
       <c r="I158">
         <v>2018</v>
       </c>
       <c r="J158" t="s">
         <v>1469</v>
@@ -16580,54 +16581,54 @@
       </c>
       <c r="O158" t="s">
         <v>1471</v>
       </c>
       <c r="P158">
         <v>8</v>
       </c>
       <c r="Q158">
         <v>114</v>
       </c>
       <c r="R158"/>
       <c r="S158"/>
       <c r="T158" t="s">
         <v>1472</v>
       </c>
       <c r="U158" t="s">
         <v>1473</v>
       </c>
       <c r="V158" t="s">
         <v>1474</v>
       </c>
       <c r="W158" t="s">
         <v>1475</v>
       </c>
       <c r="X158" t="s">
-        <v>1840</v>
+        <v>1837</v>
       </c>
     </row>
-    <row r="159" spans="1:55">
+    <row r="159" spans="1:56">
       <c r="A159" t="s">
         <v>1476</v>
       </c>
       <c r="B159" t="s">
         <v>73</v>
       </c>
       <c r="C159"/>
       <c r="D159" t="s">
         <v>51</v>
       </c>
       <c r="E159" t="s">
         <v>52</v>
       </c>
       <c r="F159"/>
       <c r="G159">
         <v>29664738</v>
       </c>
       <c r="H159" t="s">
         <v>1477</v>
       </c>
       <c r="I159">
         <v>2018</v>
       </c>
       <c r="J159" t="s">
         <v>1478</v>
@@ -16646,54 +16647,54 @@
         <v>1481</v>
       </c>
       <c r="P159">
         <v>7</v>
       </c>
       <c r="Q159">
         <v>128</v>
       </c>
       <c r="R159" t="s">
         <v>138</v>
       </c>
       <c r="S159"/>
       <c r="T159" t="s">
         <v>1482</v>
       </c>
       <c r="U159" t="s">
         <v>1101</v>
       </c>
       <c r="V159" t="s">
         <v>1102</v>
       </c>
       <c r="W159" t="s">
         <v>1483</v>
       </c>
       <c r="X159" t="s">
-        <v>1841</v>
+        <v>1838</v>
       </c>
     </row>
-    <row r="160" spans="1:55">
+    <row r="160" spans="1:56">
       <c r="A160" t="s">
         <v>1484</v>
       </c>
       <c r="B160" t="s">
         <v>73</v>
       </c>
       <c r="C160"/>
       <c r="D160" t="s">
         <v>51</v>
       </c>
       <c r="E160" t="s">
         <v>52</v>
       </c>
       <c r="F160"/>
       <c r="G160">
         <v>28507234</v>
       </c>
       <c r="H160" t="s">
         <v>1485</v>
       </c>
       <c r="I160">
         <v>2017</v>
       </c>
       <c r="J160" t="s">
         <v>1486</v>
@@ -16712,54 +16713,54 @@
         <v>20160289</v>
       </c>
       <c r="P160">
         <v>2096</v>
       </c>
       <c r="Q160">
         <v>375</v>
       </c>
       <c r="R160" t="s">
         <v>1488</v>
       </c>
       <c r="S160"/>
       <c r="T160" t="s">
         <v>1489</v>
       </c>
       <c r="U160" t="s">
         <v>1490</v>
       </c>
       <c r="V160" t="s">
         <v>821</v>
       </c>
       <c r="W160" t="s">
         <v>1491</v>
       </c>
       <c r="X160" t="s">
-        <v>1842</v>
+        <v>1839</v>
       </c>
     </row>
-    <row r="161" spans="1:55">
+    <row r="161" spans="1:56">
       <c r="A161" t="s">
         <v>1492</v>
       </c>
       <c r="B161" t="s">
         <v>73</v>
       </c>
       <c r="C161"/>
       <c r="D161" t="s">
         <v>25</v>
       </c>
       <c r="E161" t="s">
         <v>52</v>
       </c>
       <c r="F161"/>
       <c r="G161">
         <v>28167635</v>
       </c>
       <c r="H161" t="s">
         <v>1493</v>
       </c>
       <c r="I161">
         <v>2017</v>
       </c>
       <c r="J161" t="s">
         <v>1494</v>
@@ -16780,54 +16781,54 @@
         <v>1497</v>
       </c>
       <c r="P161">
         <v>19</v>
       </c>
       <c r="Q161">
         <v>135</v>
       </c>
       <c r="R161" t="s">
         <v>76</v>
       </c>
       <c r="S161"/>
       <c r="T161" t="s">
         <v>1498</v>
       </c>
       <c r="U161" t="s">
         <v>1499</v>
       </c>
       <c r="V161" t="s">
         <v>828</v>
       </c>
       <c r="W161" t="s">
         <v>1500</v>
       </c>
       <c r="X161" t="s">
-        <v>1843</v>
+        <v>1840</v>
       </c>
     </row>
-    <row r="162" spans="1:55">
+    <row r="162" spans="1:56">
       <c r="A162" t="s">
         <v>1501</v>
       </c>
       <c r="B162" t="s">
         <v>243</v>
       </c>
       <c r="C162"/>
       <c r="D162" t="s">
         <v>51</v>
       </c>
       <c r="E162" t="s">
         <v>1502</v>
       </c>
       <c r="F162"/>
       <c r="G162">
         <v>281676351</v>
       </c>
       <c r="H162" t="s">
         <v>1503</v>
       </c>
       <c r="I162">
         <v>2017</v>
       </c>
       <c r="J162" t="s">
         <v>1504</v>
@@ -16846,54 +16847,54 @@
         <v>1497</v>
       </c>
       <c r="P162">
         <v>19</v>
       </c>
       <c r="Q162">
         <v>135</v>
       </c>
       <c r="R162" t="s">
         <v>76</v>
       </c>
       <c r="S162"/>
       <c r="T162" t="s">
         <v>1506</v>
       </c>
       <c r="U162" t="s">
         <v>1507</v>
       </c>
       <c r="V162" t="s">
         <v>1508</v>
       </c>
       <c r="W162" t="s">
         <v>1509</v>
       </c>
       <c r="X162" t="s">
-        <v>1844</v>
+        <v>1841</v>
       </c>
     </row>
-    <row r="163" spans="1:55">
+    <row r="163" spans="1:56">
       <c r="A163" t="s">
         <v>1510</v>
       </c>
       <c r="B163" t="s">
         <v>243</v>
       </c>
       <c r="C163"/>
       <c r="D163" t="s">
         <v>1384</v>
       </c>
       <c r="E163" t="s">
         <v>52</v>
       </c>
       <c r="F163"/>
       <c r="G163">
         <v>30470709</v>
       </c>
       <c r="H163" t="s">
         <v>1511</v>
       </c>
       <c r="I163">
         <v>2018</v>
       </c>
       <c r="J163" t="s">
         <v>1512</v>
@@ -16914,54 +16915,54 @@
         <v>1517</v>
       </c>
       <c r="P163">
         <v>12</v>
       </c>
       <c r="Q163">
         <v>56</v>
       </c>
       <c r="R163" t="s">
         <v>1518</v>
       </c>
       <c r="S163"/>
       <c r="T163" t="s">
         <v>1519</v>
       </c>
       <c r="U163" t="s">
         <v>1519</v>
       </c>
       <c r="V163" t="s">
         <v>1519</v>
       </c>
       <c r="W163" t="s">
         <v>1520</v>
       </c>
       <c r="X163" t="s">
-        <v>1845</v>
+        <v>1842</v>
       </c>
     </row>
-    <row r="164" spans="1:55">
+    <row r="164" spans="1:56">
       <c r="A164" t="s">
         <v>1521</v>
       </c>
       <c r="B164" t="s">
         <v>1456</v>
       </c>
       <c r="C164"/>
       <c r="D164" t="s">
         <v>51</v>
       </c>
       <c r="E164" t="s">
         <v>52</v>
       </c>
       <c r="F164">
         <v>2</v>
       </c>
       <c r="G164">
         <v>27016392</v>
       </c>
       <c r="H164" t="s">
         <v>1522</v>
       </c>
       <c r="I164">
         <v>2017</v>
       </c>
@@ -16984,60 +16985,60 @@
         <v>1528</v>
       </c>
       <c r="P164">
         <v>3</v>
       </c>
       <c r="Q164">
         <v>18</v>
       </c>
       <c r="R164" t="s">
         <v>1529</v>
       </c>
       <c r="S164"/>
       <c r="T164" t="s">
         <v>1530</v>
       </c>
       <c r="U164" t="s">
         <v>1531</v>
       </c>
       <c r="V164" t="s">
         <v>1532</v>
       </c>
       <c r="W164" t="s">
         <v>1533</v>
       </c>
       <c r="X164" t="s">
-        <v>1846</v>
+        <v>1843</v>
       </c>
       <c r="Y164" t="s">
-        <v>1847</v>
+        <v>1844</v>
       </c>
       <c r="Z164" t="s">
-        <v>1848</v>
+        <v>1845</v>
       </c>
     </row>
-    <row r="165" spans="1:55">
+    <row r="165" spans="1:56">
       <c r="A165" t="s">
         <v>1534</v>
       </c>
       <c r="B165" t="s">
         <v>243</v>
       </c>
       <c r="C165"/>
       <c r="D165" t="s">
         <v>51</v>
       </c>
       <c r="E165" t="s">
         <v>1535</v>
       </c>
       <c r="F165"/>
       <c r="G165">
         <v>30480935</v>
       </c>
       <c r="H165"/>
       <c r="I165">
         <v>2018</v>
       </c>
       <c r="J165" t="s">
         <v>1536</v>
       </c>
       <c r="K165"/>
@@ -17046,54 +17047,54 @@
       <c r="N165" t="s">
         <v>1537</v>
       </c>
       <c r="O165"/>
       <c r="P165" t="s">
         <v>1462</v>
       </c>
       <c r="Q165">
         <v>0</v>
       </c>
       <c r="R165"/>
       <c r="S165"/>
       <c r="T165" t="s">
         <v>1538</v>
       </c>
       <c r="U165" t="s">
         <v>1539</v>
       </c>
       <c r="V165" t="s">
         <v>1540</v>
       </c>
       <c r="W165" t="s">
         <v>1541</v>
       </c>
       <c r="X165" t="s">
-        <v>1849</v>
+        <v>1846</v>
       </c>
     </row>
-    <row r="166" spans="1:55">
+    <row r="166" spans="1:56">
       <c r="A166" t="s">
         <v>1542</v>
       </c>
       <c r="B166" t="s">
         <v>243</v>
       </c>
       <c r="C166"/>
       <c r="D166" t="s">
         <v>51</v>
       </c>
       <c r="E166" t="s">
         <v>1543</v>
       </c>
       <c r="F166"/>
       <c r="G166"/>
       <c r="H166" t="s">
         <v>1544</v>
       </c>
       <c r="I166">
         <v>2018</v>
       </c>
       <c r="J166" t="s">
         <v>1545</v>
       </c>
       <c r="K166" t="s">
@@ -17104,54 +17105,54 @@
       <c r="N166" t="s">
         <v>1546</v>
       </c>
       <c r="O166"/>
       <c r="P166" t="s">
         <v>1462</v>
       </c>
       <c r="Q166">
         <v>0</v>
       </c>
       <c r="R166"/>
       <c r="S166"/>
       <c r="T166" t="s">
         <v>1547</v>
       </c>
       <c r="U166" t="s">
         <v>1548</v>
       </c>
       <c r="V166" t="s">
         <v>1320</v>
       </c>
       <c r="W166" t="s">
         <v>1549</v>
       </c>
       <c r="X166" t="s">
-        <v>1850</v>
+        <v>1847</v>
       </c>
     </row>
-    <row r="167" spans="1:55">
+    <row r="167" spans="1:56">
       <c r="A167" t="s">
         <v>1550</v>
       </c>
       <c r="B167" t="s">
         <v>1551</v>
       </c>
       <c r="C167"/>
       <c r="D167" t="s">
         <v>51</v>
       </c>
       <c r="E167" t="s">
         <v>52</v>
       </c>
       <c r="F167">
         <v>1</v>
       </c>
       <c r="G167">
         <v>123456</v>
       </c>
       <c r="H167" t="s">
         <v>1552</v>
       </c>
       <c r="I167">
         <v>2020</v>
       </c>
@@ -17164,57 +17165,57 @@
       <c r="L167"/>
       <c r="M167" t="s">
         <v>1555</v>
       </c>
       <c r="N167"/>
       <c r="O167"/>
       <c r="P167"/>
       <c r="Q167"/>
       <c r="R167" t="s">
         <v>1556</v>
       </c>
       <c r="S167"/>
       <c r="T167" t="s">
         <v>1557</v>
       </c>
       <c r="U167" t="s">
         <v>1320</v>
       </c>
       <c r="V167" t="s">
         <v>1548</v>
       </c>
       <c r="W167" t="s">
         <v>1558</v>
       </c>
       <c r="X167" t="s">
-        <v>1851</v>
+        <v>1848</v>
       </c>
       <c r="Y167" t="s">
-        <v>1852</v>
+        <v>1849</v>
       </c>
     </row>
-    <row r="168" spans="1:55">
+    <row r="168" spans="1:56">
       <c r="A168" t="s">
         <v>1559</v>
       </c>
       <c r="B168" t="s">
         <v>38</v>
       </c>
       <c r="C168"/>
       <c r="D168" t="s">
         <v>25</v>
       </c>
       <c r="E168" t="s">
         <v>52</v>
       </c>
       <c r="F168"/>
       <c r="G168">
         <v>29632048</v>
       </c>
       <c r="H168" t="s">
         <v>1560</v>
       </c>
       <c r="I168">
         <v>2018</v>
       </c>
       <c r="J168" t="s">
         <v>1561</v>
@@ -17233,54 +17234,54 @@
       </c>
       <c r="O168"/>
       <c r="P168">
         <v>7</v>
       </c>
       <c r="Q168">
         <v>131</v>
       </c>
       <c r="R168" t="s">
         <v>59</v>
       </c>
       <c r="S168"/>
       <c r="T168" t="s">
         <v>1563</v>
       </c>
       <c r="U168" t="s">
         <v>1564</v>
       </c>
       <c r="V168" t="s">
         <v>979</v>
       </c>
       <c r="W168" t="s">
         <v>1565</v>
       </c>
       <c r="X168" t="s">
-        <v>1853</v>
+        <v>1850</v>
       </c>
     </row>
-    <row r="169" spans="1:55">
+    <row r="169" spans="1:56">
       <c r="A169" t="s">
         <v>1566</v>
       </c>
       <c r="B169" t="s">
         <v>1567</v>
       </c>
       <c r="C169"/>
       <c r="D169" t="s">
         <v>1384</v>
       </c>
       <c r="E169" t="s">
         <v>52</v>
       </c>
       <c r="F169"/>
       <c r="G169">
         <v>30521425</v>
       </c>
       <c r="H169" t="s">
         <v>1568</v>
       </c>
       <c r="I169">
         <v>2018</v>
       </c>
       <c r="J169" t="s">
         <v>1569</v>
@@ -17299,54 +17300,54 @@
       <c r="P169" t="s">
         <v>1462</v>
       </c>
       <c r="Q169">
         <v>0</v>
       </c>
       <c r="R169" t="s">
         <v>1570</v>
       </c>
       <c r="S169" t="s">
         <v>1573</v>
       </c>
       <c r="T169" t="s">
         <v>1574</v>
       </c>
       <c r="U169" t="s">
         <v>1575</v>
       </c>
       <c r="V169" t="s">
         <v>1576</v>
       </c>
       <c r="W169" t="s">
         <v>1577</v>
       </c>
       <c r="X169" t="s">
-        <v>1854</v>
+        <v>1851</v>
       </c>
     </row>
-    <row r="170" spans="1:55">
+    <row r="170" spans="1:56">
       <c r="A170" t="s">
         <v>1578</v>
       </c>
       <c r="B170" t="s">
         <v>243</v>
       </c>
       <c r="C170"/>
       <c r="D170" t="s">
         <v>1384</v>
       </c>
       <c r="E170" t="s">
         <v>52</v>
       </c>
       <c r="F170"/>
       <c r="G170">
         <v>25000050</v>
       </c>
       <c r="H170"/>
       <c r="I170">
         <v>2014</v>
       </c>
       <c r="J170" t="s">
         <v>1579</v>
       </c>
       <c r="K170" t="s">
@@ -17365,54 +17366,54 @@
         <v>1583</v>
       </c>
       <c r="P170" t="s">
         <v>1462</v>
       </c>
       <c r="Q170">
         <v>202</v>
       </c>
       <c r="R170" t="s">
         <v>404</v>
       </c>
       <c r="S170"/>
       <c r="T170" t="s">
         <v>1584</v>
       </c>
       <c r="U170" t="s">
         <v>1585</v>
       </c>
       <c r="V170" t="s">
         <v>895</v>
       </c>
       <c r="W170" t="s">
         <v>1586</v>
       </c>
       <c r="X170" t="s">
-        <v>1855</v>
+        <v>1852</v>
       </c>
     </row>
-    <row r="171" spans="1:55">
+    <row r="171" spans="1:56">
       <c r="A171" t="s">
         <v>1587</v>
       </c>
       <c r="B171" t="s">
         <v>1456</v>
       </c>
       <c r="C171"/>
       <c r="D171" t="s">
         <v>1384</v>
       </c>
       <c r="E171" t="s">
         <v>52</v>
       </c>
       <c r="F171">
         <v>1</v>
       </c>
       <c r="G171">
         <v>29925689</v>
       </c>
       <c r="H171" t="s">
         <v>1588</v>
       </c>
       <c r="I171">
         <v>2018</v>
       </c>
@@ -17429,126 +17430,126 @@
       <c r="N171" t="s">
         <v>1592</v>
       </c>
       <c r="O171"/>
       <c r="P171">
         <v>12</v>
       </c>
       <c r="Q171">
         <v>3</v>
       </c>
       <c r="R171"/>
       <c r="S171"/>
       <c r="T171" t="s">
         <v>1593</v>
       </c>
       <c r="U171" t="s">
         <v>1594</v>
       </c>
       <c r="V171" t="s">
         <v>1595</v>
       </c>
       <c r="W171" t="s">
         <v>1596</v>
       </c>
       <c r="X171" t="s">
+        <v>1853</v>
+      </c>
+      <c r="Y171" t="s">
+        <v>1854</v>
+      </c>
+      <c r="Z171" t="s">
+        <v>1855</v>
+      </c>
+      <c r="AA171" t="s">
         <v>1856</v>
       </c>
-      <c r="Y171" t="s">
+      <c r="AB171" t="s">
         <v>1857</v>
       </c>
-      <c r="Z171" t="s">
+      <c r="AC171" t="s">
         <v>1858</v>
       </c>
-      <c r="AA171" t="s">
+      <c r="AD171" t="s">
         <v>1859</v>
       </c>
-      <c r="AB171" t="s">
+      <c r="AE171" t="s">
         <v>1860</v>
       </c>
-      <c r="AC171" t="s">
+      <c r="AF171" t="s">
         <v>1861</v>
       </c>
-      <c r="AD171" t="s">
+      <c r="AG171" t="s">
         <v>1862</v>
       </c>
-      <c r="AE171" t="s">
+      <c r="AH171" t="s">
         <v>1863</v>
       </c>
-      <c r="AF171" t="s">
+      <c r="AI171" t="s">
         <v>1864</v>
       </c>
-      <c r="AG171" t="s">
+      <c r="AJ171" t="s">
         <v>1865</v>
       </c>
-      <c r="AH171" t="s">
+      <c r="AK171" t="s">
         <v>1866</v>
       </c>
-      <c r="AI171" t="s">
+      <c r="AL171" t="s">
         <v>1867</v>
       </c>
-      <c r="AJ171" t="s">
+      <c r="AM171" t="s">
         <v>1868</v>
       </c>
-      <c r="AK171" t="s">
+      <c r="AN171" t="s">
         <v>1869</v>
       </c>
-      <c r="AL171" t="s">
+      <c r="AO171" t="s">
         <v>1870</v>
       </c>
-      <c r="AM171" t="s">
+      <c r="AP171" t="s">
         <v>1871</v>
       </c>
-      <c r="AN171" t="s">
+      <c r="AQ171" t="s">
         <v>1872</v>
       </c>
-      <c r="AO171" t="s">
+      <c r="AR171" t="s">
         <v>1873</v>
       </c>
-      <c r="AP171" t="s">
+      <c r="AS171" t="s">
+        <v>1873</v>
+      </c>
+      <c r="AT171" t="s">
         <v>1874</v>
       </c>
-      <c r="AQ171" t="s">
+      <c r="AU171" t="s">
         <v>1875</v>
       </c>
-      <c r="AR171" t="s">
+      <c r="AV171" t="s">
         <v>1876</v>
       </c>
-      <c r="AS171" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
-    <row r="172" spans="1:55">
+    <row r="172" spans="1:56">
       <c r="A172" t="s">
         <v>1597</v>
       </c>
       <c r="B172" t="s">
         <v>1598</v>
       </c>
       <c r="C172"/>
       <c r="D172" t="s">
         <v>1384</v>
       </c>
       <c r="E172" t="s">
         <v>1599</v>
       </c>
       <c r="F172">
         <v>1</v>
       </c>
       <c r="G172"/>
       <c r="H172"/>
       <c r="I172">
         <v>2020</v>
       </c>
       <c r="J172" t="s">
         <v>1600</v>
       </c>
       <c r="K172" t="s">
@@ -17559,60 +17560,60 @@
       <c r="N172"/>
       <c r="O172"/>
       <c r="P172" t="s">
         <v>1462</v>
       </c>
       <c r="Q172">
         <v>0</v>
       </c>
       <c r="R172" t="s">
         <v>1602</v>
       </c>
       <c r="S172"/>
       <c r="T172" t="s">
         <v>1603</v>
       </c>
       <c r="U172" t="s">
         <v>1603</v>
       </c>
       <c r="V172" t="s">
         <v>1603</v>
       </c>
       <c r="W172" t="s">
         <v>1604</v>
       </c>
       <c r="X172" t="s">
-        <v>1880</v>
+        <v>1877</v>
       </c>
       <c r="Y172" t="s">
-        <v>1881</v>
+        <v>1878</v>
       </c>
       <c r="Z172" t="s">
-        <v>1882</v>
+        <v>1879</v>
       </c>
     </row>
-    <row r="173" spans="1:55">
+    <row r="173" spans="1:56">
       <c r="A173" t="s">
         <v>1605</v>
       </c>
       <c r="B173" t="s">
         <v>1392</v>
       </c>
       <c r="C173"/>
       <c r="D173" t="s">
         <v>1384</v>
       </c>
       <c r="E173" t="s">
         <v>52</v>
       </c>
       <c r="F173">
         <v>2</v>
       </c>
       <c r="G173">
         <v>31437946</v>
       </c>
       <c r="H173" t="s">
         <v>1606</v>
       </c>
       <c r="I173">
         <v>2019</v>
       </c>
@@ -17635,75 +17636,75 @@
         <v>1609</v>
       </c>
       <c r="P173" t="s">
         <v>1462</v>
       </c>
       <c r="Q173">
         <v>264</v>
       </c>
       <c r="R173" t="s">
         <v>404</v>
       </c>
       <c r="S173"/>
       <c r="T173" t="s">
         <v>1610</v>
       </c>
       <c r="U173" t="s">
         <v>1548</v>
       </c>
       <c r="V173" t="s">
         <v>1532</v>
       </c>
       <c r="W173" t="s">
         <v>1611</v>
       </c>
       <c r="X173" t="s">
-        <v>1873</v>
+        <v>1870</v>
       </c>
       <c r="Y173" t="s">
+        <v>1880</v>
+      </c>
+      <c r="Z173" t="s">
+        <v>1881</v>
+      </c>
+      <c r="AA173" t="s">
+        <v>1882</v>
+      </c>
+      <c r="AB173" t="s">
         <v>1883</v>
       </c>
-      <c r="Z173" t="s">
+      <c r="AC173" t="s">
         <v>1884</v>
       </c>
-      <c r="AA173" t="s">
+      <c r="AD173" t="s">
         <v>1885</v>
       </c>
-      <c r="AB173" t="s">
+      <c r="AE173" t="s">
         <v>1886</v>
       </c>
-      <c r="AC173" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
-    <row r="174" spans="1:55">
+    <row r="174" spans="1:56">
       <c r="A174" t="s">
         <v>1612</v>
       </c>
       <c r="B174" t="s">
         <v>1392</v>
       </c>
       <c r="C174" t="s">
         <v>1613</v>
       </c>
       <c r="D174" t="s">
         <v>1384</v>
       </c>
       <c r="E174" t="s">
         <v>52</v>
       </c>
       <c r="F174">
         <v>1</v>
       </c>
       <c r="G174">
         <v>10203041</v>
       </c>
       <c r="H174" t="s">
         <v>1614</v>
       </c>
       <c r="I174">
@@ -17728,54 +17729,54 @@
         <v>1617</v>
       </c>
       <c r="P174" t="s">
         <v>1411</v>
       </c>
       <c r="Q174">
         <v>66</v>
       </c>
       <c r="R174" t="s">
         <v>1412</v>
       </c>
       <c r="S174"/>
       <c r="T174" t="s">
         <v>1618</v>
       </c>
       <c r="U174" t="s">
         <v>1619</v>
       </c>
       <c r="V174" t="s">
         <v>1620</v>
       </c>
       <c r="W174" t="s">
         <v>1621</v>
       </c>
       <c r="X174" t="s">
-        <v>1890</v>
+        <v>1887</v>
       </c>
     </row>
-    <row r="175" spans="1:55">
+    <row r="175" spans="1:56">
       <c r="A175" t="s">
         <v>1622</v>
       </c>
       <c r="B175" t="s">
         <v>1623</v>
       </c>
       <c r="C175" t="s">
         <v>1624</v>
       </c>
       <c r="D175" t="s">
         <v>1384</v>
       </c>
       <c r="E175" t="s">
         <v>52</v>
       </c>
       <c r="F175">
         <v>0</v>
       </c>
       <c r="G175">
         <v>32873725</v>
       </c>
       <c r="H175" t="s">
         <v>1625</v>
       </c>
       <c r="I175">
@@ -17798,51 +17799,51 @@
         <v>1630</v>
       </c>
       <c r="P175">
         <v>647</v>
       </c>
       <c r="Q175">
         <v>13</v>
       </c>
       <c r="R175" t="s">
         <v>1631</v>
       </c>
       <c r="S175"/>
       <c r="T175" t="s">
         <v>1632</v>
       </c>
       <c r="U175" t="s">
         <v>894</v>
       </c>
       <c r="V175" t="s">
         <v>979</v>
       </c>
       <c r="W175" t="s">
         <v>1633</v>
       </c>
     </row>
-    <row r="176" spans="1:55">
+    <row r="176" spans="1:56">
       <c r="A176" t="s">
         <v>1634</v>
       </c>
       <c r="B176" t="s">
         <v>1635</v>
       </c>
       <c r="C176"/>
       <c r="D176" t="s">
         <v>1384</v>
       </c>
       <c r="E176" t="s">
         <v>52</v>
       </c>
       <c r="F176">
         <v>2</v>
       </c>
       <c r="G176">
         <v>328737251</v>
       </c>
       <c r="H176" t="s">
         <v>1636</v>
       </c>
       <c r="I176">
         <v>2020</v>
       </c>
@@ -17863,522 +17864,519 @@
         <v>1630</v>
       </c>
       <c r="P176">
         <v>647</v>
       </c>
       <c r="Q176">
         <v>13</v>
       </c>
       <c r="R176" t="s">
         <v>1631</v>
       </c>
       <c r="S176"/>
       <c r="T176" t="s">
         <v>1632</v>
       </c>
       <c r="U176" t="s">
         <v>894</v>
       </c>
       <c r="V176" t="s">
         <v>979</v>
       </c>
       <c r="W176" t="s">
         <v>1637</v>
       </c>
     </row>
-    <row r="177" spans="1:55">
+    <row r="177" spans="1:56">
       <c r="A177" t="s">
         <v>1638</v>
       </c>
       <c r="B177" t="s">
         <v>1456</v>
       </c>
       <c r="C177"/>
       <c r="D177" t="s">
         <v>25</v>
       </c>
       <c r="E177" t="s">
         <v>25</v>
       </c>
       <c r="F177">
         <v>2</v>
       </c>
       <c r="G177"/>
       <c r="H177"/>
       <c r="I177">
         <v>2020</v>
       </c>
       <c r="J177"/>
       <c r="K177"/>
       <c r="L177"/>
       <c r="M177"/>
       <c r="N177"/>
       <c r="O177"/>
       <c r="P177" t="s">
         <v>1462</v>
       </c>
       <c r="Q177">
         <v>0</v>
       </c>
       <c r="R177"/>
       <c r="S177"/>
       <c r="T177"/>
       <c r="U177"/>
       <c r="V177"/>
       <c r="W177" t="s">
         <v>1639</v>
       </c>
     </row>
-    <row r="178" spans="1:55">
+    <row r="178" spans="1:56">
       <c r="A178" t="s">
         <v>1640</v>
       </c>
       <c r="B178" t="s">
         <v>1456</v>
       </c>
       <c r="C178"/>
       <c r="D178" t="s">
         <v>25</v>
       </c>
       <c r="E178" t="s">
         <v>1641</v>
       </c>
       <c r="F178">
         <v>2</v>
       </c>
       <c r="G178"/>
       <c r="H178"/>
       <c r="I178">
         <v>2019</v>
       </c>
       <c r="J178"/>
       <c r="K178"/>
       <c r="L178"/>
       <c r="M178"/>
       <c r="N178"/>
       <c r="O178"/>
       <c r="P178" t="s">
         <v>1462</v>
       </c>
       <c r="Q178">
         <v>0</v>
       </c>
       <c r="R178"/>
       <c r="S178"/>
       <c r="T178"/>
       <c r="U178"/>
       <c r="V178"/>
       <c r="W178" t="s">
         <v>1642</v>
       </c>
     </row>
-    <row r="179" spans="1:55">
+    <row r="179" spans="1:56">
       <c r="A179" t="s">
         <v>1643</v>
       </c>
       <c r="B179" t="s">
         <v>1456</v>
       </c>
       <c r="C179"/>
       <c r="D179" t="s">
         <v>25</v>
       </c>
       <c r="E179" t="s">
         <v>1644</v>
       </c>
       <c r="F179">
         <v>2</v>
       </c>
       <c r="G179"/>
       <c r="H179"/>
       <c r="I179">
         <v>2018</v>
       </c>
       <c r="J179"/>
       <c r="K179"/>
       <c r="L179"/>
       <c r="M179"/>
       <c r="N179"/>
       <c r="O179"/>
       <c r="P179"/>
       <c r="Q179"/>
       <c r="R179"/>
       <c r="S179"/>
       <c r="T179"/>
       <c r="U179"/>
       <c r="V179"/>
       <c r="W179" t="s">
         <v>1645</v>
       </c>
     </row>
-    <row r="180" spans="1:55">
+    <row r="180" spans="1:56">
       <c r="A180" t="s">
         <v>1646</v>
       </c>
       <c r="B180" t="s">
         <v>1456</v>
       </c>
       <c r="C180"/>
       <c r="D180" t="s">
         <v>25</v>
       </c>
       <c r="E180" t="s">
         <v>1647</v>
       </c>
       <c r="F180">
         <v>2</v>
       </c>
       <c r="G180"/>
       <c r="H180"/>
       <c r="I180">
         <v>2017</v>
       </c>
       <c r="J180" t="s">
         <v>1648</v>
       </c>
       <c r="K180"/>
       <c r="L180"/>
       <c r="M180"/>
       <c r="N180"/>
       <c r="O180"/>
       <c r="P180" t="s">
         <v>1462</v>
       </c>
       <c r="Q180">
         <v>0</v>
       </c>
       <c r="R180"/>
       <c r="S180"/>
       <c r="T180"/>
       <c r="U180"/>
       <c r="V180"/>
       <c r="W180" t="s">
         <v>1649</v>
       </c>
     </row>
-    <row r="181" spans="1:55">
+    <row r="181" spans="1:56">
       <c r="A181" t="s">
         <v>1650</v>
       </c>
       <c r="B181" t="s">
         <v>1456</v>
       </c>
       <c r="C181"/>
       <c r="D181" t="s">
         <v>1384</v>
       </c>
       <c r="E181" t="s">
         <v>1651</v>
       </c>
       <c r="F181">
         <v>1</v>
       </c>
       <c r="G181"/>
       <c r="H181"/>
       <c r="I181">
         <v>2016</v>
       </c>
       <c r="J181" t="s">
         <v>1652</v>
       </c>
       <c r="K181"/>
       <c r="L181"/>
       <c r="M181"/>
       <c r="N181"/>
       <c r="O181"/>
       <c r="P181" t="s">
         <v>1462</v>
       </c>
       <c r="Q181">
         <v>0</v>
       </c>
       <c r="R181"/>
       <c r="S181"/>
       <c r="T181"/>
       <c r="U181"/>
       <c r="V181"/>
       <c r="W181" t="s">
         <v>1653</v>
       </c>
     </row>
-    <row r="182" spans="1:55">
+    <row r="182" spans="1:56">
       <c r="A182" t="s">
         <v>1654</v>
       </c>
       <c r="B182" t="s">
-        <v>243</v>
-[...3 lines deleted...]
-      </c>
+        <v>1456</v>
+      </c>
+      <c r="C182"/>
       <c r="D182" t="s">
         <v>51</v>
       </c>
       <c r="E182" t="s">
         <v>1543</v>
       </c>
       <c r="F182">
         <v>2</v>
       </c>
       <c r="G182">
         <v>123456</v>
       </c>
       <c r="H182" t="s">
-        <v>1656</v>
+        <v>1655</v>
       </c>
       <c r="I182">
         <v>2021</v>
       </c>
       <c r="J182" t="s">
-        <v>1657</v>
+        <v>1656</v>
       </c>
       <c r="K182" t="s">
         <v>1318</v>
       </c>
       <c r="L182"/>
       <c r="M182"/>
       <c r="N182" t="s">
-        <v>1658</v>
+        <v>1657</v>
       </c>
       <c r="O182"/>
       <c r="P182" t="s">
         <v>1462</v>
       </c>
       <c r="Q182">
         <v>0</v>
       </c>
       <c r="R182"/>
       <c r="S182"/>
       <c r="T182" t="s">
-        <v>1659</v>
+        <v>1658</v>
       </c>
       <c r="U182" t="s">
         <v>1320</v>
       </c>
       <c r="V182" t="s">
         <v>1532</v>
       </c>
       <c r="W182" t="s">
+        <v>1659</v>
+      </c>
+    </row>
+    <row r="183" spans="1:56">
+      <c r="A183" t="s">
         <v>1660</v>
-      </c>
-[...3 lines deleted...]
-        <v>1661</v>
       </c>
       <c r="B183" t="s">
         <v>1456</v>
       </c>
       <c r="C183"/>
       <c r="D183" t="s">
         <v>51</v>
       </c>
       <c r="E183" t="s">
         <v>52</v>
       </c>
       <c r="F183">
         <v>1</v>
       </c>
       <c r="G183">
         <v>36681760</v>
       </c>
       <c r="H183" t="s">
-        <v>1662</v>
+        <v>1661</v>
       </c>
       <c r="I183">
         <v>2023</v>
       </c>
       <c r="J183" t="s">
+        <v>1662</v>
+      </c>
+      <c r="K183" t="s">
         <v>1663</v>
       </c>
-      <c r="K183" t="s">
+      <c r="L183" t="s">
         <v>1664</v>
       </c>
-      <c r="L183" t="s">
+      <c r="M183" t="s">
+        <v>1664</v>
+      </c>
+      <c r="N183" t="s">
         <v>1665</v>
-      </c>
-[...4 lines deleted...]
-        <v>1666</v>
       </c>
       <c r="O183">
         <v>1234</v>
       </c>
       <c r="P183">
         <v>1</v>
       </c>
       <c r="Q183">
         <v>6</v>
       </c>
       <c r="R183" t="s">
+        <v>1666</v>
+      </c>
+      <c r="S183" t="s">
         <v>1667</v>
       </c>
-      <c r="S183" t="s">
+      <c r="T183" t="s">
         <v>1668</v>
       </c>
-      <c r="T183" t="s">
+      <c r="U183" t="s">
         <v>1669</v>
-      </c>
-[...1 lines deleted...]
-        <v>1670</v>
       </c>
       <c r="V183" t="s">
         <v>1428</v>
       </c>
       <c r="W183" t="s">
+        <v>1670</v>
+      </c>
+    </row>
+    <row r="184" spans="1:56">
+      <c r="A184" t="s">
         <v>1671</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      </c>
       <c r="B184" t="s">
-        <v>1673</v>
-[...3 lines deleted...]
-      </c>
+        <v>1456</v>
+      </c>
+      <c r="C184"/>
       <c r="D184" t="s">
         <v>1384</v>
       </c>
       <c r="E184" t="s">
         <v>52</v>
       </c>
       <c r="F184">
         <v>1</v>
       </c>
       <c r="G184">
         <v>35909053</v>
       </c>
       <c r="H184" t="s">
-        <v>1675</v>
+        <v>1672</v>
       </c>
       <c r="I184">
         <v>2022</v>
       </c>
       <c r="J184" t="s">
-        <v>1676</v>
+        <v>1673</v>
       </c>
       <c r="K184" t="s">
-        <v>1677</v>
+        <v>1674</v>
       </c>
       <c r="L184" t="s">
-        <v>1678</v>
+        <v>1675</v>
       </c>
       <c r="M184"/>
       <c r="N184" t="s">
-        <v>1679</v>
+        <v>1676</v>
       </c>
       <c r="O184">
         <v>213041</v>
       </c>
       <c r="P184" t="s">
         <v>1462</v>
       </c>
       <c r="Q184">
         <v>139</v>
       </c>
       <c r="R184" t="s">
-        <v>1677</v>
+        <v>1674</v>
       </c>
       <c r="S184"/>
       <c r="T184" t="s">
-        <v>1680</v>
+        <v>1677</v>
       </c>
       <c r="U184" t="s">
-        <v>1681</v>
+        <v>1678</v>
       </c>
       <c r="V184" t="s">
         <v>1123</v>
       </c>
       <c r="W184" t="s">
-        <v>1682</v>
+        <v>1679</v>
       </c>
     </row>
-    <row r="185" spans="1:55">
+    <row r="185" spans="1:56">
       <c r="A185" t="s">
-        <v>1683</v>
+        <v>1680</v>
       </c>
       <c r="B185" t="s">
         <v>1140</v>
       </c>
       <c r="C185"/>
       <c r="D185" t="s">
         <v>25</v>
       </c>
       <c r="E185" t="s">
         <v>1543</v>
       </c>
       <c r="F185">
         <v>2</v>
       </c>
       <c r="G185"/>
       <c r="H185" t="s">
-        <v>1684</v>
+        <v>1681</v>
       </c>
       <c r="I185">
         <v>2021</v>
       </c>
       <c r="J185"/>
       <c r="K185" t="s">
         <v>1318</v>
       </c>
       <c r="L185"/>
       <c r="M185"/>
       <c r="N185" t="s">
-        <v>1658</v>
+        <v>1657</v>
       </c>
       <c r="O185"/>
       <c r="P185" t="s">
         <v>1462</v>
       </c>
       <c r="Q185">
         <v>0</v>
       </c>
       <c r="R185"/>
       <c r="S185"/>
       <c r="T185" t="s">
-        <v>1659</v>
+        <v>1658</v>
       </c>
       <c r="U185" t="s">
         <v>1320</v>
       </c>
       <c r="V185" t="s">
         <v>1532</v>
       </c>
       <c r="W185" t="s">
-        <v>1685</v>
+        <v>1682</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="X1:AV1"/>
     <mergeCell ref="AW1:AY1"/>
-    <mergeCell ref="AZ1:BB1"/>
+    <mergeCell ref="AZ1:AZ1"/>
+    <mergeCell ref="BA1:BC1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="A4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="A5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="A6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="A7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="A8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="A9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="A10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="A11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="A12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="A13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="A14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="A15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="A16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="A17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="A18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="A19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="A20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="A21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="A22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="A23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="A24" r:id="rId_hyperlink_23"/>
@@ -18783,32 +18781,32 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SFB 1002 Literature Repository</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Literature Export 2026-01-25 21:03:26</dc:title>
-  <dc:description>Export of the SFB 1002 Literature Repository. (2026-01-25 21:03:26)</dc:description>
+  <dc:title>Literature Export 2026-03-25 23:52:26</dc:title>
+  <dc:description>Export of the SFB 1002 Literature Repository. (2026-03-25 23:52:26)</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>